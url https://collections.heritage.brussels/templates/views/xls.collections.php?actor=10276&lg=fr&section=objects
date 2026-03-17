--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -179,297 +179,297 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>83706</v>
+        <v>83710</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1929 - Molenbeek</t>
+          <t>Travaux au canal de Charleroi en 1930 - quai halage</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>83707</v>
+        <v>83711</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - Molenbeek</t>
+          <t>Travaux au canal de Charleroi en 1930 - Anderlecht</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>83708</v>
+        <v>83712</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - Clémenceau</t>
+          <t>Travaux au canal de Charleroi en 1929 - Anderlecht</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>83709</v>
+        <v>83713</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - Ch. Ninove</t>
+          <t>Travaux au canal de Charleroi en 1929 - Anderlecht</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>83710</v>
+        <v>83769</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - quai halage</t>
+          <t>Travaux au canal de Charleroi - 1929 - Petite Ile</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>83711</v>
+        <v>83706</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1930 - Anderlecht</t>
+          <t>Travaux au canal de Charleroi en 1929 - Molenbeek</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>83712</v>
+        <v>83707</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1929 - Anderlecht</t>
+          <t>Travaux au canal de Charleroi en 1930 - Molenbeek</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>83713</v>
+        <v>83708</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi en 1929 - Anderlecht</t>
+          <t>Travaux au canal de Charleroi en 1930 - Clémenceau</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>83769</v>
+        <v>83709</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Travaux au canal de Charleroi - 1929 - Petite Ile</t>
+          <t>Travaux au canal de Charleroi en 1930 - Ch. Ninove</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>lithographie</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>83671</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Travaux du Canal de Charleroi en 1930 - Quais</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Piryns, Désiré</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>