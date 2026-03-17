--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -215,123 +215,123 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Laroux, Antoine</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1820 - 1885</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>modèle</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>bois, coton</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>66943</v>
+        <v>66950</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Maquette d'un brise-glace </t>
+          <t>Maquette d’un hektjalk, le « Julia Brugge »</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Laroux, Antoine</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1860 - 1869</t>
         </is>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
-      <c r="H3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>66949</v>
+        <v>66943</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Maquette d'un Poon à pavillon, le "Goede Hoop"</t>
+          <t>Maquette d'un brise-glace </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Laroux, Antoine</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1860 - 1869</t>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
-      <c r="H4" s="2"/>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>technique d'assemblage</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>66950</v>
+        <v>66949</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Maquette d’un hektjalk, le « Julia Brugge »</t>
+          <t>Maquette d'un Poon à pavillon, le "Goede Hoop"</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Laroux, Antoine</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1860 - 1869</t>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>