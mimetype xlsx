--- v0 (2025-10-23)
+++ v1 (2026-01-28)
@@ -571,1005 +571,1005 @@
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>gouache, carton</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>67690</v>
+        <v>67696</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec cours d'eau</t>
+          <t>La chapelle</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, panneau, bois</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>67691</v>
+        <v>67697</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Paysage (esquisse)</t>
+          <t>Paysage avec rivière</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>67692</v>
+        <v>95440</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>L'étang</t>
+          <t>Labour</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, panneau</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>67693</v>
+        <v>67700</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>La moisson</t>
+          <t>Paysage rural</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>67696</v>
+        <v>95441</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>La chapelle</t>
+          <t>Femme au paon</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>gouache, panneau, bois</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>67697</v>
+        <v>67701</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec rivière</t>
+          <t>La montagne</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, carton</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>67700</v>
+        <v>95442</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Paysage rural</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>67701</v>
+        <v>67702</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>La montagne</t>
+          <t>Paysage montagneux</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>gouache, carton</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>67702</v>
+        <v>67703</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Paysage montagneux</t>
+          <t>Cabanes à Woluwe</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>67703</v>
+        <v>67704</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Cabanes à Woluwe</t>
+          <t>Paysage avec étang</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>67704</v>
+        <v>67706</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec étang</t>
+          <t>Paysage montagneux avec village</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, panneau, bois</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>67706</v>
+        <v>67709</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Paysage montagneux avec village</t>
+          <t>Nature morte avec fleurs</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>gouache, panneau, bois</t>
+          <t>gouache, panneau</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>67709</v>
+        <v>67710</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Nature morte avec fleurs</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>gouache, panneau</t>
+          <t>gouache, carton</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>67710</v>
+        <v>67711</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Nature morte avec fleurs</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>gouache, carton</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>67711</v>
+        <v>67678</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec fleurs</t>
+          <t>Moine au bord de l'eau</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>67678</v>
+        <v>67679</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Moine au bord de l'eau</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>67679</v>
+        <v>67681</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Enclos</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>gouache, toile</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>67681</v>
+        <v>67682</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Enclos</t>
+          <t>Damme en Flandre</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>gouache, toile</t>
+          <t>papier, crayon</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>67682</v>
+        <v>67683</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Damme en Flandre</t>
+          <t>Maison du garde suisse de la collégiale de Soignies</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>67683</v>
+        <v>67688</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Maison du garde suisse de la collégiale de Soignies</t>
+          <t>La moisson. Village en Flandre</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, carton</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>67688</v>
+        <v>67690</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>La moisson. Village en Flandre</t>
+          <t>Paysage avec cours d'eau</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>gouache, carton</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>95440</v>
+        <v>67691</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Labour</t>
+          <t>Paysage (esquisse)</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>gouache, panneau</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>95441</v>
+        <v>67692</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Femme au paon</t>
+          <t>L'étang</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>95442</v>
+        <v>67693</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>La moisson</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>gouache, aquarelle, encre de chine, papier</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>peint, dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>67780</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Couverture pour la revue du Cercle Artistique et Littéraire de Bruxelles</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1890 - 1899</t>
@@ -1611,1405 +1611,1405 @@
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>67749</v>
+        <v>67790</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>La forêt à Auderghem</t>
+          <t>Doux réveil</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>gouache, carton, encre de chine, papier photographique</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, technique photographique, collé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>67750</v>
+        <v>67754</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Genval « Malaise »</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>67787</v>
+        <v>67755</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Projet de décoration murale d’un château</t>
+          <t>Projets de sgraffites : "le nid"</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon, encre de chine, gouache, carton</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique mixte, collé, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>67751</v>
+        <v>67756</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Genval « L’Argentine »</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>67788</v>
+        <v>67757</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Projet de décoration</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique mixte, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>67752</v>
+        <v>67758</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Boitsfort</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>67789</v>
+        <v>67760</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Le Travail par l’Industrie et le Commerce enrichit l’Humanité</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon, carton</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique mixte, collé, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>67790</v>
+        <v>67761</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Doux réveil</t>
+          <t>Projet de sgraffite : "Irène"</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>gouache, carton, encre de chine, papier photographique</t>
+          <t>crayon, papier, gouache</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique photographique, collé, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>67754</v>
+        <v>67762</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>67755</v>
+        <v>67763</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites : "le nid"</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>67756</v>
+        <v>67764</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>67757</v>
+        <v>67765</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>67758</v>
+        <v>67766</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>67760</v>
+        <v>67768</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>67761</v>
+        <v>67769</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite : "Irène"</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier, gouache</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>67762</v>
+        <v>67770</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>67763</v>
+        <v>67771</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>67764</v>
+        <v>67772</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projets de sgraffites pour l’église Saint-Pierre de Gibecq (à gauche)</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>67765</v>
+        <v>67773</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projet de sgraffite pour le portail de l’église Saint-Martin de Trivières (au centre)</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>67766</v>
+        <v>67774</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projets de sgraffites pour l’église Saint-Denis de Fléron (à droite)</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>67768</v>
+        <v>67775</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
           <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>papier, carton, crayon, gouache</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>67769</v>
+        <v>67776</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
           <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>67770</v>
+        <v>67777</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projet de sgraffite aux armes du Monceau</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>67771</v>
+        <v>67778</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projet de sgraffite pour la figure de l’apôtre saint Paul</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, carton, crayon, gouache</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>67772</v>
+        <v>67779</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites pour l’église Saint-Pierre de Gibecq (à gauche)</t>
+          <t>Projets de décoration et de sgraffites</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, carton, crayon, gouache</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>67773</v>
+        <v>67781</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite pour le portail de l’église Saint-Martin de Trivières (au centre)</t>
+          <t>Le cœur de la Rose</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>papier, crayon</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>67774</v>
+        <v>67748</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites pour l’église Saint-Denis de Fléron (à droite)</t>
+          <t>La Hulpe « L’étang à la Drève des pigeons »</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>67775</v>
+        <v>67749</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>La forêt à Auderghem</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, crayon, gouache</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>67776</v>
+        <v>67750</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Genval « Malaise »</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>67777</v>
+        <v>67787</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite aux armes du Monceau</t>
+          <t>Projet de décoration murale d’un château</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>aquarelle, papier, crayon, encre de chine, gouache, carton</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>dessin, technique mixte, collé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>67778</v>
+        <v>67751</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite pour la figure de l’apôtre saint Paul</t>
+          <t>Genval « L’Argentine »</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, carton, crayon, gouache</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>67779</v>
+        <v>67788</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Projets de décoration et de sgraffites</t>
+          <t>Projet de décoration</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, carton, crayon, gouache</t>
+          <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin, technique mixte, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>67781</v>
+        <v>67752</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Le cœur de la Rose</t>
+          <t>Boitsfort</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>67748</v>
+        <v>67789</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>La Hulpe « L’étang à la Drève des pigeons »</t>
+          <t>Le Travail par l’Industrie et le Commerce enrichit l’Humanité</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>aquarelle, papier, crayon, carton</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, technique mixte, collé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
         <v>67753</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
           <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
@@ -3251,1681 +3251,1681 @@
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier, crayon, encre de chine, gouache</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>dessin, technique mixte, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>67644</v>
+        <v>75390</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>escalier</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>éléments d'architecture</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, verre, métal</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>67645</v>
+        <v>67649</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>porte à deux battants</t>
+          <t>fenêtre </t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>bois, verre</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>67646</v>
+        <v>75412</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>porte à deux battants</t>
+          <t>armoire encastrée</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois, verre, métal</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>67647</v>
+        <v>67650</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>porte à deux battants</t>
+          <t>fenêtre</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
-[...6 lines deleted...]
-      </c>
+          <t>fenêtre / vitrail</t>
+        </is>
+      </c>
+      <c r="G82" s="2"/>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>sgraffite</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>67648</v>
+        <v>75416</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>balcon</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>élément de façade</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>67649</v>
+        <v>67651</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>fenêtre </t>
+          <t>Deux personnages féminins</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>peinture murale</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>67650</v>
+        <v>75418</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>fenêtre</t>
+          <t>armoire encastrée</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
-[...2 lines deleted...]
-      <c r="G85" s="2"/>
+          <t>armoire</t>
+        </is>
+      </c>
+      <c r="G85" s="2" t="inlineStr">
+        <is>
+          <t>bois, verre, métal, peinture</t>
+        </is>
+      </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>sgraffite</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>67651</v>
+        <v>67653</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Deux personnages féminins</t>
+          <t>Les cinq sens : l'Odorat</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>67653</v>
+        <v>67654</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Les cinq sens : l'Odorat</t>
+          <t>Personnage féminin aux colombes</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>67654</v>
+        <v>67655</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Personnage féminin aux colombes</t>
+          <t>Les cinq sens : la Vue</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>67655</v>
+        <v>67656</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Les cinq sens : la Vue</t>
+          <t>Les cinq sens : l'Ouïe</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>67656</v>
+        <v>67657</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Les cinq sens : l'Ouïe</t>
+          <t>Les cinq sens : le Goût</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>67657</v>
+        <v>67658</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Les cinq sens : le Goût</t>
+          <t>Les cinq sens : le Toucher</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>67658</v>
+        <v>67659</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Les cinq sens : le Toucher</t>
+          <t>Les cinq sens : l'Odorat (2)</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>67659</v>
+        <v>67660</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Les cinq sens : l'Odorat (2)</t>
+          <t>La chasse</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>67660</v>
+        <v>67661</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>La chasse</t>
+          <t>Frise ornementé avec masques nô</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>peinture murale</t>
+          <t>peinture murale, peinture monumentale</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>67661</v>
+        <v>67662</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Frise ornementé avec masques nô</t>
+          <t>Motif géométrique avec monogramme et millésime</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>peinture murale, peinture monumentale</t>
+          <t>peinture murale</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>67662</v>
+        <v>67663</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Motif géométrique avec monogramme et millésime</t>
+          <t>Panneau décoratif</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>67663</v>
+        <v>67664</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Panneau décoratif</t>
+          <t>Papier peint type "Lincrusta"</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>peinture murale</t>
+          <t>papiers-peints</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique d'impression, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>67664</v>
+        <v>67665</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Papier peint type "Lincrusta"</t>
+          <t>Frise décorative</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>papiers-peints</t>
+          <t>peinture murale</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>67665</v>
+        <v>67666</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Frise décorative</t>
+          <t>Motifs Art Nouveau</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>peinture murale</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>bois, peinture, verre</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>67666</v>
+        <v>67667</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Motifs Art Nouveau</t>
+          <t>sgraffite "Ateliers Cauchie"</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture, verre</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>sgraffite</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>67667</v>
+        <v>67668</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>sgraffite "Ateliers Cauchie"</t>
+          <t>sgraffite "Mr &amp; Mme Cauchie Décorateurs"</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>sgraffite</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>67668</v>
+        <v>67632</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>sgraffite "Mr &amp; Mme Cauchie Décorateurs"</t>
+          <t>cheminée</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>cheminée</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>marbre, bois</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>sgraffite</t>
+          <t>technique d'assemblage, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>67632</v>
+        <v>67633</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>cheminée</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>cheminée</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>marbre, bois</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, taillé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>67633</v>
+        <v>67634</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>table </t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>67634</v>
+        <v>67635</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>table </t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, paille</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>67635</v>
+        <v>67636</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>bois, paille</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>67636</v>
+        <v>67637</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>fenêtre </t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>bois, paille</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>67637</v>
+        <v>67638</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>fenêtre </t>
+          <t>table </t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>67638</v>
+        <v>67639</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
           <t>table </t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>table</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>67639</v>
+        <v>67640</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>table </t>
+          <t>Petite table de salon</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>table</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>67640</v>
+        <v>67641</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Petite table de salon</t>
+          <t>lambris</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>élément en bois</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>67641</v>
+        <v>67642</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>lambris</t>
+          <t>fenêtre </t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>élément en bois</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>67642</v>
+        <v>67643</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
           <t>fenêtre </t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
           <t>bois, verre</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>67643</v>
+        <v>67644</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>fenêtre </t>
+          <t>escalier</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>éléments d'architecture</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>70136</v>
+        <v>67645</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>75390</v>
+        <v>67646</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>75412</v>
+        <v>67647</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>armoire encastrée</t>
+          <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>75416</v>
+        <v>70136</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>table</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>75418</v>
+        <v>67648</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>armoire encastrée</t>
+          <t>balcon</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>élément de façade</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal, peinture</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
         <v>67767</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
           <t>Projet de sgraffite pour la Compagnie générale des Tramways d'Anvers (TA)</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1907 - </t>