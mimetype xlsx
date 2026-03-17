--- v1 (2026-01-28)
+++ v2 (2026-03-17)
@@ -211,1365 +211,1365 @@
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Parlement bruxellois</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>67712</v>
+        <v>67690</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Paysage naturel</t>
+          <t>Paysage avec cours d'eau</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>67718</v>
+        <v>67691</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Chapelle sous la neige</t>
+          <t>Paysage (esquisse)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>67719</v>
+        <v>67692</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le Rouissage</t>
+          <t>L'étang</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>gouache, carton</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>67725</v>
+        <v>67693</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Portrait de religieuse</t>
+          <t>La moisson</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>67726</v>
+        <v>67696</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Portrait de jeune homme</t>
+          <t>La chapelle</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>gouache, panneau, bois</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>67728</v>
+        <v>67697</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Femme au bandeau</t>
+          <t>Paysage avec rivière</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>67731</v>
+        <v>67700</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Le karik jaune</t>
+          <t>Paysage rural</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>gouache, panneau, panneau</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>67732</v>
+        <v>67701</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>La femme au puits</t>
+          <t>La montagne</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>gouache, carton</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>67733</v>
+        <v>67702</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Nostalgie</t>
+          <t>Paysage montagneux</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>gouache, carton</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>67696</v>
+        <v>67703</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>La chapelle</t>
+          <t>Cabanes à Woluwe</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>gouache, panneau, bois</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>67697</v>
+        <v>67704</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec rivière</t>
+          <t>Paysage avec étang</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>95440</v>
+        <v>67706</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Labour</t>
+          <t>Paysage montagneux avec village</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>gouache, panneau</t>
+          <t>gouache, panneau, bois</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>67700</v>
+        <v>67709</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Paysage rural</t>
+          <t>Nature morte avec fleurs</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, panneau</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>95441</v>
+        <v>67710</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Femme au paon</t>
+          <t>Nature morte avec fleurs</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, carton</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>67701</v>
+        <v>67711</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>La montagne</t>
+          <t>Nature morte avec fleurs</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>gouache, carton</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>95442</v>
+        <v>67678</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Moine au bord de l'eau</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>gouache, aquarelle, encre de chine, papier</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>peint, dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>67702</v>
+        <v>67679</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Paysage montagneux</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>67703</v>
+        <v>67681</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Cabanes à Woluwe</t>
+          <t>Enclos</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, toile</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>67704</v>
+        <v>67682</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec étang</t>
+          <t>Damme en Flandre</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>papier, crayon</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>67706</v>
+        <v>67683</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Paysage montagneux avec village</t>
+          <t>Maison du garde suisse de la collégiale de Soignies</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>gouache, panneau, bois</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>67709</v>
+        <v>67688</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec fleurs</t>
+          <t>La moisson. Village en Flandre</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>gouache, panneau</t>
+          <t>gouache, carton</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>67710</v>
+        <v>67726</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec fleurs</t>
+          <t>Portrait de jeune homme</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>gouache, carton</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>67711</v>
+        <v>67728</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Nature morte avec fleurs</t>
+          <t>Femme au bandeau</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>67678</v>
+        <v>67731</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Moine au bord de l'eau</t>
+          <t>Le karik jaune</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, panneau, panneau</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>67679</v>
+        <v>67732</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>La femme au puits</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>67681</v>
+        <v>67733</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Enclos</t>
+          <t>Nostalgie</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>gouache, toile</t>
+          <t>gouache, carton</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>67682</v>
+        <v>67712</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Damme en Flandre</t>
+          <t>Paysage naturel</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>estampe</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>linogravure</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>67683</v>
+        <v>67718</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Maison du garde suisse de la collégiale de Soignies</t>
+          <t>Chapelle sous la neige</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>67688</v>
+        <v>67719</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>La moisson. Village en Flandre</t>
+          <t>Le Rouissage</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>gouache, carton</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>67690</v>
+        <v>67725</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Paysage avec cours d'eau</t>
+          <t>Portrait de religieuse</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>67691</v>
+        <v>95440</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Paysage (esquisse)</t>
+          <t>Labour</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, panneau</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>67692</v>
+        <v>95441</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>L'étang</t>
+          <t>Femme au paon</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>67693</v>
+        <v>95442</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>La moisson</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1875 - 1952</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, aquarelle, encre de chine, papier</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
         <v>67780</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Couverture pour la revue du Cercle Artistique et Littéraire de Bruxelles</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1890 - 1899</t>
@@ -1611,1405 +1611,1405 @@
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1899 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>67790</v>
+        <v>67770</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Doux réveil</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>gouache, carton, encre de chine, papier photographique</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique photographique, collé, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>67754</v>
+        <v>67771</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>67755</v>
+        <v>67772</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites : "le nid"</t>
+          <t>Projets de sgraffites pour l’église Saint-Pierre de Gibecq (à gauche)</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>67756</v>
+        <v>67773</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projet de sgraffite pour le portail de l’église Saint-Martin de Trivières (au centre)</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>67757</v>
+        <v>67774</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projets de sgraffites pour l’église Saint-Denis de Fléron (à droite)</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>67758</v>
+        <v>67775</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>papier, carton, crayon, gouache</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>67760</v>
+        <v>67776</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>67761</v>
+        <v>67777</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite : "Irène"</t>
+          <t>Projet de sgraffite aux armes du Monceau</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>crayon, papier, gouache</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>67762</v>
+        <v>67778</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projet de sgraffite pour la figure de l’apôtre saint Paul</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, carton, crayon, gouache</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>67763</v>
+        <v>67779</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projets de décoration et de sgraffites</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, carton, crayon, gouache</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>67764</v>
+        <v>67781</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Le cœur de la Rose</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>papier, crayon</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>67765</v>
+        <v>67748</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>La Hulpe « L’étang à la Drève des pigeons »</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>67766</v>
+        <v>67749</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>La forêt à Auderghem</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>67768</v>
+        <v>67750</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Genval « Malaise »</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>67769</v>
+        <v>67787</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projet de décoration murale d’un château</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>aquarelle, papier, crayon, encre de chine, gouache, carton</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin, technique mixte, collé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>67770</v>
+        <v>67751</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Genval « L’Argentine »</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>67771</v>
+        <v>67788</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites</t>
+          <t>Projet de décoration</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin, technique mixte, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>67772</v>
+        <v>67752</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites pour l’église Saint-Pierre de Gibecq (à gauche)</t>
+          <t>Boitsfort</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>67773</v>
+        <v>67789</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite pour le portail de l’église Saint-Martin de Trivières (au centre)</t>
+          <t>Le Travail par l’Industrie et le Commerce enrichit l’Humanité</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>aquarelle, papier, crayon, carton</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin, technique mixte, collé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>67774</v>
+        <v>67790</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Projets de sgraffites pour l’église Saint-Denis de Fléron (à droite)</t>
+          <t>Doux réveil</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1910</t>
+          <t>1900 - 1920</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>gouache, carton, encre de chine, papier photographique</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé, peint</t>
+          <t>dessin, technique photographique, collé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>67775</v>
+        <v>67754</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, crayon, gouache</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>67776</v>
+        <v>67755</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite</t>
+          <t>Projets de sgraffites : "le nid"</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>67777</v>
+        <v>67756</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite aux armes du Monceau</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, gouache</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>67778</v>
+        <v>67757</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Projet de sgraffite pour la figure de l’apôtre saint Paul</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, carton, crayon, gouache</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>67779</v>
+        <v>67758</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Projets de décoration et de sgraffites</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>encre de chine, papier, carton, crayon, gouache</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>67781</v>
+        <v>67760</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Le cœur de la Rose</t>
+          <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon</t>
+          <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>67748</v>
+        <v>67761</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>La Hulpe « L’étang à la Drève des pigeons »</t>
+          <t>Projet de sgraffite : "Irène"</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>crayon, papier, gouache</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>67749</v>
+        <v>67762</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>La forêt à Auderghem</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>67750</v>
+        <v>67763</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Genval « Malaise »</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>67787</v>
+        <v>67764</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Projet de décoration murale d’un château</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon, encre de chine, gouache, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique mixte, collé, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>67751</v>
+        <v>67765</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Genval « L’Argentine »</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>67788</v>
+        <v>67766</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Projet de décoration</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique mixte, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>67752</v>
+        <v>67768</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Boitsfort</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
-          <t>1900 - </t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>technique de gravure</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>67789</v>
+        <v>67769</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Le Travail par l’Industrie et le Commerce enrichit l’Humanité</t>
+          <t>Projet de sgraffite</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1900 - 1920</t>
+          <t>1900 - 1910</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon, carton</t>
+          <t>encre de chine, papier, gouache</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique mixte, collé, peint</t>
+          <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
         <v>67753</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
           <t>Projets de sgraffites</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
@@ -3051,1881 +3051,1881 @@
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>encre de chine, papier, gouache, carton</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>67744</v>
+        <v>67643</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>rideau d'ameublement</t>
+          <t>fenêtre </t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>rideau</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>tissage, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>67745</v>
+        <v>67644</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>porte à un battant</t>
+          <t>escalier</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
+          <t>éléments d'architecture</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>67746</v>
+        <v>67645</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
           <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>porte</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>67747</v>
+        <v>67646</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>lavabo </t>
+          <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>lavabo</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal, marbre</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, technique de sculpture</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>67785</v>
+        <v>67647</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Avant-projet de la façade de la Maison Paul Cauchie</t>
+          <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon, encre de chine, gouache</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique mixte, peint</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>75390</v>
+        <v>67648</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>balcon</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>élément de façade</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal</t>
+          <t>fer</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
         <v>67649</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>fenêtre </t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>bois, verre</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>75412</v>
+        <v>67650</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>armoire encastrée</t>
+          <t>fenêtre</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
-[...6 lines deleted...]
-      </c>
+          <t>fenêtre / vitrail</t>
+        </is>
+      </c>
+      <c r="G81" s="2"/>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>sgraffite</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>67650</v>
+        <v>67651</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>fenêtre</t>
+          <t>Deux personnages féminins</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
-[...2 lines deleted...]
-      <c r="G82" s="2"/>
+          <t>peinture murale</t>
+        </is>
+      </c>
+      <c r="G82" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>sgraffite</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>75416</v>
+        <v>67653</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>Les cinq sens : l'Odorat</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>banc</t>
+          <t>peinture murale</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>67651</v>
+        <v>67654</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Deux personnages féminins</t>
+          <t>Personnage féminin aux colombes</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>75418</v>
+        <v>67655</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>armoire encastrée</t>
+          <t>Les cinq sens : la Vue</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>peinture murale</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>bois, verre, métal, peinture</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>67653</v>
+        <v>67656</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Les cinq sens : l'Odorat</t>
+          <t>Les cinq sens : l'Ouïe</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>67654</v>
+        <v>67657</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Personnage féminin aux colombes</t>
+          <t>Les cinq sens : le Goût</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>67655</v>
+        <v>67658</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Les cinq sens : la Vue</t>
+          <t>Les cinq sens : le Toucher</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>67656</v>
+        <v>67659</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Les cinq sens : l'Ouïe</t>
+          <t>Les cinq sens : l'Odorat (2)</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>67657</v>
+        <v>67660</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Les cinq sens : le Goût</t>
+          <t>La chasse</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>67658</v>
+        <v>67661</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Les cinq sens : le Toucher</t>
+          <t>Frise ornementé avec masques nô</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>peinture murale</t>
+          <t>peinture murale, peinture monumentale</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>67659</v>
+        <v>67662</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Les cinq sens : l'Odorat (2)</t>
+          <t>Motif géométrique avec monogramme et millésime</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>67660</v>
+        <v>67663</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>La chasse</t>
+          <t>Panneau décoratif</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>67661</v>
+        <v>67664</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Frise ornementé avec masques nô</t>
+          <t>Papier peint type "Lincrusta"</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>peinture murale, peinture monumentale</t>
+          <t>papiers-peints</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>toile</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique d'impression, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>67662</v>
+        <v>67665</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Motif géométrique avec monogramme et millésime</t>
+          <t>Frise décorative</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>67663</v>
+        <v>67666</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Panneau décoratif</t>
+          <t>Motifs Art Nouveau</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>peinture murale</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>bois, peinture, verre</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>67664</v>
+        <v>67667</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Papier peint type "Lincrusta"</t>
+          <t>sgraffite "Ateliers Cauchie"</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>papiers-peints</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, peint</t>
+          <t>sgraffite</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>67665</v>
+        <v>67668</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Frise décorative</t>
+          <t>sgraffite "Mr &amp; Mme Cauchie Décorateurs"</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>peinture murale</t>
+          <t>décor d'architecture</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>pierre</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>sgraffite</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>67666</v>
+        <v>67632</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Motifs Art Nouveau</t>
+          <t>cheminée</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>cheminée</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture, verre</t>
+          <t>marbre, bois</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique d'assemblage, taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>67667</v>
+        <v>67633</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>sgraffite "Ateliers Cauchie"</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>sgraffite</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>67668</v>
+        <v>67634</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>sgraffite "Mr &amp; Mme Cauchie Décorateurs"</t>
+          <t>table </t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>décor d'architecture</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>pierre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>sgraffite</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>67632</v>
+        <v>67635</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>cheminée</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>cheminée</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>marbre, bois</t>
+          <t>bois, paille</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage, taillé</t>
+          <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>67633</v>
+        <v>67636</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>armoire</t>
+          <t>chaise</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, paille</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>67634</v>
+        <v>67637</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>table </t>
+          <t>fenêtre </t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>67635</v>
+        <v>67638</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>table </t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>bois, paille</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>67636</v>
+        <v>67639</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>table </t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>chaise</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>bois, paille</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>67637</v>
+        <v>67640</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>fenêtre </t>
+          <t>Petite table de salon</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>67638</v>
+        <v>67641</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>table </t>
+          <t>lambris</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>élément en bois</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>67639</v>
+        <v>67642</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>table </t>
+          <t>fenêtre </t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, verre</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>67640</v>
+        <v>67744</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Petite table de salon</t>
+          <t>rideau d'ameublement</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>rideau</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>tissage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>67641</v>
+        <v>67745</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>lambris</t>
+          <t>porte à un battant</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>élément en bois</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>bois, verre, métal</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>67642</v>
+        <v>67746</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>fenêtre </t>
+          <t>porte à deux battants</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>porte</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois, verre, métal</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>67643</v>
+        <v>67747</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>fenêtre </t>
+          <t>lavabo </t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
-          <t>fenêtre / vitrail</t>
+          <t>lavabo</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois, verre, métal, marbre</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>technique d'assemblage, technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>67644</v>
+        <v>67785</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>escalier</t>
+          <t>Avant-projet de la façade de la Maison Paul Cauchie</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
-          <t>éléments d'architecture</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>bois</t>
+          <t>aquarelle, papier, crayon, encre de chine, gouache</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>technique d'assemblage</t>
+          <t>dessin, technique mixte, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>67645</v>
+        <v>70136</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>porte à deux battants</t>
+          <t>table</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
+          <t>table</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>67646</v>
+        <v>75390</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>porte à deux battants</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois, verre, métal</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>67647</v>
+        <v>75412</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>porte à deux battants</t>
+          <t>armoire encastrée</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
-          <t>porte</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>bois, verre</t>
+          <t>bois, verre, métal</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>70136</v>
+        <v>75416</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
-          <t>table</t>
+          <t>banc</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
           <t>bois</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>technique d'assemblage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>67648</v>
+        <v>75418</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>balcon</t>
+          <t>armoire encastrée</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
-          <t>élément de façade</t>
+          <t>armoire</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>fer</t>
+          <t>bois, verre, métal, peinture</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique d'assemblage, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
         <v>67767</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
           <t>Projet de sgraffite pour la Compagnie générale des Tramways d'Anvers (TA)</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1907 - </t>
@@ -5327,285 +5327,285 @@
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1922 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>67721</v>
+        <v>67684</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Scène d'intérieur (fragment)</t>
+          <t>Lissewege</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>67730</v>
+        <v>67685</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Suzanne Cauchie, fille du peintre et décorateur Paul Cauchie</t>
+          <t>Suzanne</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>67684</v>
+        <v>67730</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Lissewege</t>
+          <t>Portrait de Suzanne Cauchie, fille du peintre et décorateur Paul Cauchie</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>67685</v>
+        <v>67721</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Suzanne</t>
+          <t>Scène d'intérieur (fragment)</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>67784</v>
+        <v>67689</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Projet d’invitation “Sous Louis XV”</t>
+          <t>Le verger blanchi</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon, encre de chine</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>67689</v>
+        <v>67784</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Le verger blanchi</t>
+          <t>Projet d’invitation “Sous Louis XV”</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>aquarelle, papier, crayon, encre de chine</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
         <v>67722</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
           <t>Le quai</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1925 - </t>
@@ -5647,205 +5647,205 @@
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>67783</v>
+        <v>67694</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Projet d’affiche publicitaire pour les “Pneumatiques Falconnet-Perodeaud"</t>
+          <t>La collégiale Sainte-Gertrude de Nivelles</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, crayon</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>dessin, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>67694</v>
+        <v>67695</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>La collégiale Sainte-Gertrude de Nivelles</t>
+          <t>Eglise Saint-Germain de Couture-Saint-Germain</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
           <t>gouache, papier</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>67695</v>
+        <v>67680</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Germain de Couture-Saint-Germain</t>
+          <t>La source (Grand Duché du Luxembourg)</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>gouache, panneau</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>67680</v>
+        <v>67783</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>La source (Grand Duché du Luxembourg)</t>
+          <t>Projet d’affiche publicitaire pour les “Pneumatiques Falconnet-Perodeaud"</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>gouache, panneau</t>
+          <t>aquarelle, papier, crayon</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
         <v>67796</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
           <t>Ommegang 1549 - 1930</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>De Rycker,  O. / Thiriar, James / Canneel, Jules-Marie / Massonet,  Armand / Delville, Jean / Montald, Constant / Poreau, Oswald / Cauchie,  Paul / Michel, Charles / Combaz, Gisbert</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
@@ -6127,120 +6127,120 @@
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1946 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G150" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>67735</v>
+        <v>67705</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>La petite ville</t>
+          <t>Paysage à Oisy (France)</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1948 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G151" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>gouache, papier</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>67705</v>
+        <v>67735</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Paysage à Oisy (France)</t>
+          <t>La petite ville</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1948 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
-          <t>gouache, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
         <v>67716</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
           <t>La fuite en Egypte</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Maison Cauchie</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Cauchie,  Paul</t>