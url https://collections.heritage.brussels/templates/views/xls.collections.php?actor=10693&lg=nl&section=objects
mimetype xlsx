--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -179,684 +179,684 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>99996</v>
+        <v>99749</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Ensemble</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99749</v>
+        <v>99190</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Ensemble</t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>99190</v>
+        <v>99191</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Trench </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>99191</v>
+        <v>99195</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Trench </t>
+          <t>Veste "La Perouse"</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, laine</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>99195</v>
+        <v>99197</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Veste "La Perouse"</t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>soie, laine</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>99197</v>
+        <v>99198</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Jupe </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>99198</v>
+        <v>99199</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Jupe </t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>jupe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>cuir, laine, soie</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>drap, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>99199</v>
+        <v>99996</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Jupe </t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>cuir, laine, soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>drap, technique du cuir</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>99763</v>
+        <v>99289</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Dior,  / Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>99949</v>
+        <v>99124</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Minirobe</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Ungaro, Emanuel</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1980</t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...2 lines deleted...]
-      <c r="H11" s="2"/>
+          <t>laine</t>
+        </is>
+      </c>
+      <c r="H11" s="2" t="inlineStr">
+        <is>
+          <t>toile</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>99955</v>
+        <v>99132</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Blazer</t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1980</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>pantalon, veste d'intérieur</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>99966</v>
+        <v>99160</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Mini robe </t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1980</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>99289</v>
+        <v>99201</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Robe bain-de-soleil</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>99124</v>
+        <v>99763</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Minirobe</t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Ungaro, Emanuel</t>
+          <t>Dior,  / Ascot</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>99132</v>
+        <v>99949</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1980</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>pantalon, veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
-[...6 lines deleted...]
-      </c>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>99160</v>
+        <v>99955</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Mini robe </t>
+          <t>Blazer</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1980</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>99201</v>
+        <v>99966</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Robe bain-de-soleil</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1980</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>99165</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
@@ -903,437 +903,437 @@
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>matière synthétique, verre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>broderie, gaze, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>99765</v>
+        <v>88855</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Minirobe</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Lanvin,  / Ascot,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1968</t>
-[...2 lines deleted...]
-      <c r="F21" s="2"/>
+          <t>1967 - 1969</t>
+        </is>
+      </c>
+      <c r="F21" s="2" t="inlineStr">
+        <is>
+          <t>robe courte</t>
+        </is>
+      </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>tulle, crêpe, broderie</t>
+          <t>broderie, organdi</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>88855</v>
+        <v>99163</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Minirobe</t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Ascot,  / Crahay, Jules François</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1969</t>
+          <t>1967 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>broderie, organdi</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>99163</v>
+        <v>99164</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Ensemble robe et veste </t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1967 - </t>
+          <t>1967 - 1969</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe, veste d'intérieur, deux pièces</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>99164</v>
+        <v>58150</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste </t>
+          <t>Mini robe</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1969</t>
+          <t>1967 - 1968</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>robe, veste d'intérieur, deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
-[...6 lines deleted...]
-      </c>
+          <t>coton</t>
+        </is>
+      </c>
+      <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>58150</v>
+        <v>99765</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Mini robe</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1967 - 1968</t>
         </is>
       </c>
-      <c r="F25" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F25" s="2"/>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
-[...2 lines deleted...]
-      <c r="H25" s="2"/>
+          <t>matière plastique</t>
+        </is>
+      </c>
+      <c r="H25" s="2" t="inlineStr">
+        <is>
+          <t>tulle, crêpe, broderie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>99924</v>
+        <v>99127</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1968 - 1969</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>99935</v>
+        <v>57820</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Minirobe</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Laroche, Guy</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>soie, matière plastique</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>99127</v>
+        <v>99130</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Jean Patou</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1968 - 1969</t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>57820</v>
+        <v>99924</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Minirobe</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Laroche, Guy</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>99130</v>
+        <v>99935</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Jean Patou</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, matière plastique</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
         <v>99120</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>Jumpsuit et veste</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
@@ -1495,1797 +1495,1797 @@
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>trois pièces, jupe, pantalon, haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>99764</v>
+        <v>99288</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Casaquin</t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1980</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>99288</v>
+        <v>99122</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1980</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>toile, soie</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>taffetas, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>99122</v>
+        <v>99128</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>toile, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>taffetas, toile</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>99128</v>
+        <v>99129</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Cape </t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>99129</v>
+        <v>57863</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Cape </t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>57863</v>
+        <v>57945</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ungaro, Emanuel / Ungaro,  / Ascot</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1972</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>57945</v>
+        <v>57977</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Ensemble tailleur et cape</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Ungaro, Emanuel / Ungaro,  / Ascot</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1972</t>
+          <t>1970 - 1971</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>57977</v>
+        <v>57979</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tailleur et cape</t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1971</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>57979</v>
+        <v>57985</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Ensemble de cocktail</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1971</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>soie, émail</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>57985</v>
+        <v>57987</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cocktail</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Saint Laurent, Yves</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1971</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>soie, émail</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>57987</v>
+        <v>99200</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves</t>
+          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>lamé</t>
+          <t>jersey, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>99200</v>
+        <v>99764</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Casaquin</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>jersey, vernis</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>99925</v>
+        <v>80343</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>99933</v>
+        <v>57843</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>80343</v>
+        <v>57856</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble veste, robe-culotte et ceinture</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>57843</v>
+        <v>57968</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1971 - 1973</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>57856</v>
+        <v>99166</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, robe-culotte et ceinture</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>57968</v>
+        <v>99180</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Mini robe-short </t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1971 - 1973</t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>99166</v>
+        <v>57980</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Tailleur short</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Jean Patou</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>99180</v>
+        <v>99192</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Mini robe-short </t>
+          <t>Mini robe </t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Ungaro</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>57980</v>
+        <v>99193</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Tailleur short</t>
+          <t>Tailleur "Boston"</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Jean Patou</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>99192</v>
+        <v>57989</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Mini robe </t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Ungaro</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>gaze</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>99193</v>
+        <v>99925</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Tailleur "Boston"</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>57989</v>
+        <v>99933</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>99936</v>
+        <v>99162</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et manteau</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Venet, Philippe</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>ensemble, manteau, robe</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>99162</v>
+        <v>99188</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble de voyage </t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Venet, Philippe</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1972 - 1973</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>gaze</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>99188</v>
+        <v>57994</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de voyage </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1972 - 1973</t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>57994</v>
+        <v>99936</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble robe et manteau</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble, manteau, robe</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>99754</v>
+        <v>99753</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, jupe et ceinture </t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1973 - 1970</t>
+          <t>1973 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>daim</t>
+          <t>renard, daim, corne, laine</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>99753</v>
+        <v>57976</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1973 - </t>
+          <t>1973 - 1974</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>renard, daim, corne, laine</t>
-[...6 lines deleted...]
-      </c>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>57976</v>
+        <v>99754</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Ensemble veste, jupe et ceinture </t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1973 - 1974</t>
+          <t>1973 - 1970</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...2 lines deleted...]
-      <c r="H66" s="2"/>
+          <t>daim</t>
+        </is>
+      </c>
+      <c r="H66" s="2" t="inlineStr">
+        <is>
+          <t>technique du cuir</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>99932</v>
+        <v>80340</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble </t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Venet, Philippe / Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>haut à manches courtes ou longues, veste d'intérieur, jupe, ceinture</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>crêpe, dentelle mécanique, velours, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>99934</v>
+        <v>99287</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>velours, dentelle, gaze</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>80340</v>
+        <v>99125</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Ensemble </t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1974 - 1976</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues, veste d'intérieur, jupe, ceinture</t>
+          <t>pantalon, veste d'intérieur, deux pièces, ceinture</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>crêpe, dentelle mécanique, velours, technique du cuir</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>99287</v>
+        <v>99131</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>99125</v>
+        <v>99202</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1974 - 1976</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>pantalon, veste d'intérieur, deux pièces, ceinture</t>
-[...6 lines deleted...]
-      </c>
+          <t>haut</t>
+        </is>
+      </c>
+      <c r="G71" s="2"/>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>99131</v>
+        <v>99932</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Venet, Philippe / Ascot</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>99202</v>
+        <v>99934</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>haut</t>
-[...2 lines deleted...]
-      <c r="G73" s="2"/>
+          <t>robe</t>
+        </is>
+      </c>
+      <c r="G73" s="2" t="inlineStr">
+        <is>
+          <t>fibres synthétiques</t>
+        </is>
+      </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>velours, dentelle, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>99928</v>
+        <v>57855</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir </t>
+          <t>Robe princesse</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
-          <t>1975 - 1980</t>
+          <t>1975 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>robe longue, robe</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>dentelle</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>99947</v>
+        <v>57981</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir </t>
+          <t>Ensemble tailleur pantalon et chemisier</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Venet, Philippe</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>57855</v>
+        <v>57991</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Robe princesse</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>57981</v>
+        <v>57995</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tailleur pantalon et chemisier</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>57991</v>
+        <v>99928</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe du soir </t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1975 - </t>
+          <t>1975 - 1980</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe longue, robe</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques, soie</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>57995</v>
+        <v>99947</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe du soir </t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Venet, Philippe</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
         <v>99751</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
@@ -3719,165 +3719,165 @@
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F91" s="2"/>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>99875</v>
+        <v>99286</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Tailleur</t>
+          <t>Ensemble </t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>soie, laine, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>ottoman, satin</t>
+          <t>velours, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>99926</v>
+        <v>99875</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Tailleur</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, laine, coton</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>ottoman, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>99286</v>
+        <v>99926</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Ensemble </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>velours, taffetas</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>