--- v1 (2025-12-30)
+++ v2 (2026-02-17)
@@ -179,684 +179,684 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>99749</v>
+        <v>99996</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Ensemble</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99190</v>
+        <v>99749</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Ensemble</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>99191</v>
+        <v>99190</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Trench </t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>manteau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>99195</v>
+        <v>99191</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Veste "La Perouse"</t>
+          <t>Trench </t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>soie, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>99197</v>
+        <v>99195</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Veste "La Perouse"</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>soie, laine</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>99198</v>
+        <v>99197</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Jupe </t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>99199</v>
+        <v>99198</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Jupe </t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>jupe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>cuir, laine, soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>drap, technique du cuir</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>99996</v>
+        <v>99199</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Jupe </t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>cuir, laine, soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>drap, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>99289</v>
+        <v>99949</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1980</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
-[...6 lines deleted...]
-      </c>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>99124</v>
+        <v>99955</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Minirobe</t>
+          <t>Blazer</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Ungaro, Emanuel</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1969</t>
+          <t>1960 - 1980</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>99132</v>
+        <v>99966</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - 1980</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>pantalon, veste d'intérieur</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>99160</v>
+        <v>99763</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Mini robe </t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Dior,  / Ascot</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>99201</v>
+        <v>99289</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Robe bain-de-soleil</t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>99763</v>
+        <v>99124</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Minirobe</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Dior,  / Ascot</t>
+          <t>Ascot,  / Ungaro, Emanuel</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1969</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>99949</v>
+        <v>99132</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1980</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>pantalon, veste d'intérieur</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...2 lines deleted...]
-      <c r="H16" s="2"/>
+          <t>laine</t>
+        </is>
+      </c>
+      <c r="H16" s="2" t="inlineStr">
+        <is>
+          <t>drap</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>99955</v>
+        <v>99160</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Blazer</t>
+          <t>Mini robe </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1980</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>99966</v>
+        <v>99201</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe bain-de-soleil</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1980</t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>99165</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
@@ -903,437 +903,437 @@
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>matière synthétique, verre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>broderie, gaze, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>88855</v>
+        <v>99765</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Minirobe</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Lanvin,  / Ascot,  / Crahay, Jules François</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1969</t>
-[...6 lines deleted...]
-      </c>
+          <t>1967 - 1968</t>
+        </is>
+      </c>
+      <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>broderie, organdi</t>
+          <t>tulle, crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>99163</v>
+        <v>88855</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Minirobe</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Lanvin,  / Ascot,  / Crahay, Jules François</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1967 - </t>
+          <t>1967 - 1969</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>broderie, organdi</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>99164</v>
+        <v>99163</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste </t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1969</t>
+          <t>1967 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>robe, veste d'intérieur, deux pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>broderie, sergé</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>58150</v>
+        <v>99164</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Mini robe</t>
+          <t>Ensemble robe et veste </t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1968</t>
+          <t>1967 - 1969</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe, veste d'intérieur, deux pièces</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
-[...2 lines deleted...]
-      <c r="H24" s="2"/>
+          <t>laine</t>
+        </is>
+      </c>
+      <c r="H24" s="2" t="inlineStr">
+        <is>
+          <t>broderie, sergé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>99765</v>
+        <v>58150</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Mini robe</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1967 - 1968</t>
         </is>
       </c>
-      <c r="F25" s="2"/>
+      <c r="F25" s="2" t="inlineStr">
+        <is>
+          <t>robe</t>
+        </is>
+      </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
-[...6 lines deleted...]
-      </c>
+          <t>coton</t>
+        </is>
+      </c>
+      <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>99127</v>
+        <v>99935</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1968 - 1969</t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, matière plastique</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>57820</v>
+        <v>99924</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Minirobe</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Laroche, Guy</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>99130</v>
+        <v>99127</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Jean Patou</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1968 - 1969</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>99924</v>
+        <v>57820</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Minirobe</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Laroche, Guy</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>99935</v>
+        <v>99130</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Jean Patou</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>soie, matière plastique</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
         <v>99120</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>Jumpsuit et veste</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
@@ -1495,1797 +1495,1797 @@
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>trois pièces, jupe, pantalon, haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>99288</v>
+        <v>99764</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Casaquin</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1980</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>99122</v>
+        <v>99288</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1980</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>toile, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>taffetas, toile</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>99128</v>
+        <v>99122</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>toile, soie</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>taffetas, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>99129</v>
+        <v>99128</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Cape </t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>57863</v>
+        <v>99129</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Cape </t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Ascot</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>57945</v>
+        <v>57863</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Ungaro, Emanuel / Ungaro,  / Ascot</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1972</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>57977</v>
+        <v>57945</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tailleur et cape</t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ungaro, Emanuel / Ungaro,  / Ascot</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1971</t>
+          <t>1970 - 1972</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>57979</v>
+        <v>57977</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Ensemble tailleur et cape</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1971</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>57985</v>
+        <v>57979</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cocktail</t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1971</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>soie, émail</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>57987</v>
+        <v>57985</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble de cocktail</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1971</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, émail</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>lamé</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>99200</v>
+        <v>57987</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
+          <t>Ascot,  / Saint Laurent, Yves</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>jersey, vernis</t>
+          <t>lamé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>99764</v>
+        <v>99200</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Casaquin</t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>jersey, vernis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>80343</v>
+        <v>99933</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>57843</v>
+        <v>99925</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>57856</v>
+        <v>80343</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, robe-culotte et ceinture</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>57968</v>
+        <v>57843</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
-          <t>1971 - 1973</t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>99166</v>
+        <v>57856</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Ensemble veste, robe-culotte et ceinture</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>99180</v>
+        <v>57968</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Mini robe-short </t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1971 - 1973</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>57980</v>
+        <v>99166</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Tailleur short</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Jean Patou</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>99192</v>
+        <v>99180</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Mini robe </t>
+          <t>Mini robe-short </t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Ungaro</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>gaze</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>99193</v>
+        <v>57980</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Tailleur "Boston"</t>
+          <t>Tailleur short</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Jean Patou</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>57989</v>
+        <v>99192</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Mini robe </t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Ungaro</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>99925</v>
+        <v>99193</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Tailleur "Boston"</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>99933</v>
+        <v>57989</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>99162</v>
+        <v>99936</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble robe et manteau</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Venet, Philippe</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble, manteau, robe</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>gaze</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>99188</v>
+        <v>99162</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de voyage </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Venet, Philippe</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
-          <t>1972 - 1973</t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>57994</v>
+        <v>99188</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble de voyage </t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1972 - 1973</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>99936</v>
+        <v>57994</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et manteau</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
-          <t>ensemble, manteau, robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>99753</v>
+        <v>99754</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Ensemble veste, jupe et ceinture </t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
-          <t>1973 - </t>
+          <t>1973 - 1970</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>renard, daim, corne, laine</t>
+          <t>daim</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>57976</v>
+        <v>99753</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
-          <t>1973 - 1974</t>
+          <t>1973 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...2 lines deleted...]
-      <c r="H65" s="2"/>
+          <t>renard, daim, corne, laine</t>
+        </is>
+      </c>
+      <c r="H65" s="2" t="inlineStr">
+        <is>
+          <t>technique du cuir</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>99754</v>
+        <v>57976</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, jupe et ceinture </t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
-          <t>1973 - 1970</t>
+          <t>1973 - 1974</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>daim</t>
-[...6 lines deleted...]
-      </c>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>80340</v>
+        <v>99932</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Ensemble </t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Venet, Philippe / Ascot</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues, veste d'intérieur, jupe, ceinture</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>crêpe, dentelle mécanique, velours, technique du cuir</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>99287</v>
+        <v>99934</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>velours, dentelle, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>99125</v>
+        <v>80340</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Ensemble </t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
-          <t>1974 - 1976</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>pantalon, veste d'intérieur, deux pièces, ceinture</t>
+          <t>haut à manches courtes ou longues, veste d'intérieur, jupe, ceinture</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>crêpe, dentelle mécanique, velours, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>99131</v>
+        <v>99287</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>99202</v>
+        <v>99125</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Yves Saint Laurent</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1974 - 1976</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
-          <t>haut</t>
-[...2 lines deleted...]
-      <c r="G71" s="2"/>
+          <t>pantalon, veste d'intérieur, deux pièces, ceinture</t>
+        </is>
+      </c>
+      <c r="G71" s="2" t="inlineStr">
+        <is>
+          <t>laine</t>
+        </is>
+      </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>99932</v>
+        <v>99131</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
-          <t>Venet, Philippe / Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>99934</v>
+        <v>99202</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
-[...6 lines deleted...]
-      </c>
+          <t>haut</t>
+        </is>
+      </c>
+      <c r="G73" s="2"/>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>velours, dentelle, gaze</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>57855</v>
+        <v>99947</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Robe princesse</t>
+          <t>Robe du soir </t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Venet, Philippe</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>57981</v>
+        <v>99928</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Ensemble tailleur pantalon et chemisier</t>
+          <t>Robe du soir </t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
-          <t>1975 - </t>
+          <t>1975 - 1980</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe longue, robe</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques, soie</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>57991</v>
+        <v>57855</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe princesse</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>57995</v>
+        <v>57981</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble tailleur pantalon et chemisier</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>99928</v>
+        <v>57991</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Ascot,  / Saint Laurent, Yves / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
-          <t>1975 - 1980</t>
+          <t>1975 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>robe longue, robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>dentelle</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>99947</v>
+        <v>57995</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Venet, Philippe</t>
+          <t>Ascot</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
         <v>99751</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Yves Saint Laurent</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
@@ -3567,151 +3567,151 @@
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>imprimé, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>99766</v>
+        <v>99930</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Ensemble </t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
-          <t>Yves Saint Laurent,  / Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
-          <t>1980 - 1981</t>
+          <t>1980 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
-[...2 lines deleted...]
-      <c r="H88" s="2"/>
+          <t>fibres synthétiques</t>
+        </is>
+      </c>
+      <c r="H88" s="2" t="inlineStr">
+        <is>
+          <t>crêpe</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>99929</v>
+        <v>99766</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste</t>
+          <t>Ensemble </t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Yves Saint Laurent,  / Ascot</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
+          <t>1980 - 1981</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
-[...6 lines deleted...]
-      </c>
+          <t>laine</t>
+        </is>
+      </c>
+      <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>99930</v>
+        <v>99929</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Ensemble robe et veste</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
         <v>99203</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
           <t>Ensemble</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -3719,165 +3719,165 @@
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F91" s="2"/>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>99286</v>
+        <v>99875</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Ensemble </t>
+          <t>Tailleur</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, laine, coton</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>velours, taffetas</t>
+          <t>ottoman, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>99875</v>
+        <v>99926</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Tailleur</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>soie, laine, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>ottoman, satin</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>99926</v>
+        <v>99286</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble </t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>velours, taffetas</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>