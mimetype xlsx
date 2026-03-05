--- v0 (2025-11-15)
+++ v1 (2026-03-05)
@@ -263,137 +263,137 @@
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>68545</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>André Paternot, Barques de pêche, gravure, s.d.</t>
+          <t>André Paternot, Barques de pêche, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Paternot, André</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>68688</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>André Paternot, Les barques, gravure, s.d.</t>
+          <t>André Paternot, Les barques, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Paternot, André</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>68774</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>André Paternot, Anémones, huile sur toile,  s.d.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Paternot, André / Paternot, André</t>
+          <t>Paternot, André</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">