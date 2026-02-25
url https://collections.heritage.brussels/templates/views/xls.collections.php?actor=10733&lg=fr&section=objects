--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -179,111 +179,119 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>79060</v>
+        <v>79061</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Entrée de l'Église Saint-Pierre.</t>
+          <t>Rayon de soleil après la pluie.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Juste, Estelle</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>79061</v>
+        <v>79060</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Rayon de soleil après la pluie.</t>
+          <t>Entrée de l'église Saint-Pierre</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Uccle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Juste, Estelle</t>
         </is>
       </c>
-      <c r="E3" s="2"/>
+      <c r="E3" s="2" t="inlineStr">
+        <is>
+          <t>1924 - 1938</t>
+        </is>
+      </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...2 lines deleted...]
-      <c r="H3" s="2"/>
+          <t>peinture à l'huile, papier</t>
+        </is>
+      </c>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>68425</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Estelle Juste, Train sur le pont, huile sur toile, 1940.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Juste, Estelle</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1940 - </t>
         </is>
       </c>