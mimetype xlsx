--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -179,575 +179,575 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>68831</v>
+        <v>68548</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Le chat qui s'étire, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, L'Ondine éplorée, linogravure sur papier, s.d.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>68832</v>
+        <v>68829</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, L'hiver, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, L'autel de la Vierge fleurie, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>68833</v>
+        <v>68830</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, L'automne, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Les anges de la Nativité, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>68834</v>
+        <v>68831</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, L'été, linogravure sur papier, s.d.</t>
+          <t>Marguerite Callet-Carcano, Le chat qui s'étire, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>68835</v>
+        <v>68832</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Le printemps, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, L'hiver, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>68836</v>
+        <v>68833</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Le Palais de Justice à Bruxelles, linogravure,  s.d.</t>
+          <t>Marguerite Callet-Carcano, L'automne, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>68837</v>
+        <v>68834</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Tête de jeune homme, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, L'été, linogravure sur papier, s.d.</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>68838</v>
+        <v>68835</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Paysage, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Le printemps, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>68839</v>
+        <v>68836</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Chaumière à l'orée du bois, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Le Palais de Justice à Bruxelles, linogravure,  s.d.</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>68840</v>
+        <v>68837</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Tête de femme, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Tête de jeune homme, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>68841</v>
+        <v>68838</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Tête de jeune femme, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Paysage, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>68548</v>
+        <v>68839</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, L'Ondine éplorée, linogravure sur papier, s.d.</t>
+          <t>Marguerite Callet-Carcano, Chaumière à l'orée du bois, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>68829</v>
+        <v>68840</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, L'autel de la Vierge fleurie, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Tête de femme, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>68830</v>
+        <v>68841</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Marguerite Callet-Carcano, Les anges de la Nativité, linogravure, s.d.</t>
+          <t>Marguerite Callet-Carcano, Tête de jeune femme, linogravure, s.d.</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Callet-Carcano, Marguerite</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier</t>