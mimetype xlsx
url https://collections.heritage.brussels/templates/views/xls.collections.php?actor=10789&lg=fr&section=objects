--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -353,91 +353,91 @@
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>68898</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Jean François Cantré, Tête de berger, linogravure, 1923.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Cantré, Jean François</t>
+          <t>Cantré, Jan Frans</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>68899</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Jean François Cantré, La vieille, linogravure, 1923.</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Cantré, Jean François / Cantré, Jan Frans</t>
+          <t>Cantré, Jan Frans</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>linogravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">