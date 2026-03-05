--- v1 (2026-01-15)
+++ v2 (2026-03-05)
@@ -244,51 +244,51 @@
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Ivanovsky, Élisabeth / Ivanovsky, Elisabeth</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>100984</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Les oiseaux</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Ivanovsky, Élisabeth</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1910 - 2006</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>verre, peinture</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>églomisé</t>
@@ -324,198 +324,198 @@
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>linogravure, rehaussé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>101030</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Le soleil rose</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Ivanovsky, Élisabeth</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>image imprimée</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>102900</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Le chat botté</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Ivanovsky, Élisabeth</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>Technique mixte</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>68860</v>
+        <v>68862</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Elisabeth Ivanovsky, Le pèlerin, gravure sur bois, s.d.</t>
+          <t>Elisabeth Ivanovsky, Le hameau montagnard, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>68861</v>
+        <v>68860</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Elisabeth Ivanovsky, Le donjon carré, gravure sur bois, s.d.</t>
+          <t>Elisabeth Ivanovsky, Le pèlerin, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>68862</v>
+        <v>68861</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Elisabeth Ivanovsky, Le hameau montagnard, gravure sur bois, s.d.</t>
+          <t>Elisabeth Ivanovsky, Le donjon carré, gravure sur bois, s.d.</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Ivanovsky, Elisabeth  / Ivanovsky, Elisabeth</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier</t>