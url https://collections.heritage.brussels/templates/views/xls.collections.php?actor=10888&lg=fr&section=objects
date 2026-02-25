--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -339,135 +339,135 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1933 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>68864</v>
+        <v>68872</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Mercato all'aperto [marché en plein air], gravure sur bois, 1934.</t>
+          <t>Luigi Servolini, Bellessa di Giarabub [beauté de Giarabub], xylogravure, 1934.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>68872</v>
+        <v>68876</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Bellessa di Giarabub [beauté de Giarabub], xylogravure, 1934.</t>
+          <t>Luigi Servolini, Ultime luci sul deserto [dernières lumières sur le désert], xylogravure, 1934.</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>68876</v>
+        <v>68864</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Ultime luci sul deserto [dernières lumières sur le désert], xylogravure, 1934.</t>
+          <t>Luigi Servolini, Mercato all'aperto [marché en plein air], gravure sur bois, 1934.</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier</t>
@@ -699,295 +699,295 @@
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>68865</v>
+        <v>68870</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Il cipressetto [le cyprès], xylogravure, s.d.</t>
+          <t>Luigi Servolini, San Cristoforo [Saint Christophe], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>68867</v>
+        <v>68873</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Sancto Uberto [Saint Hubert], xylogravure, s.d. [1932].</t>
+          <t>Luigi Servolini, I pesci [les poissons], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>68868</v>
+        <v>68874</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Les pins, xylogravure, s.d.</t>
+          <t>Luigi Servolini, Urbino : chiesa bramantesca di S Bernardino [l'église Saint-Bernardin], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>68870</v>
+        <v>68880</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, San Cristoforo [Saint Christophe], xylogravure, s.d.</t>
+          <t>Luigi Servolini, Vicolo [ruelle], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>68873</v>
+        <v>68865</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, I pesci [les poissons], xylogravure, s.d.</t>
+          <t>Luigi Servolini, Il cipressetto [le cyprès], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>68874</v>
+        <v>68867</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Urbino : chiesa bramantesca di S Bernardino [l'église Saint-Bernardin], xylogravure, s.d.</t>
+          <t>Luigi Servolini, Sancto Uberto [Saint Hubert], xylogravure, s.d. [1932].</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>68880</v>
+        <v>68868</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Vicolo [ruelle], xylogravure, s.d.</t>
+          <t>Luigi Servolini, Les pins, xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier</t>