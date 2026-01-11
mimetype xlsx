--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -219,95 +219,95 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1929 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>68881</v>
+        <v>68869</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, I fiori - otto tavole [les fleurs - huit tables], xylogravure, 1931.</t>
+          <t>Luigi  Servolini, La fuga in Egitto [La fuite en Egypte], xylogravure, 1931.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>68869</v>
+        <v>68881</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Luigi  Servolini, La fuga in Egitto [La fuite en Egypte], xylogravure, 1931.</t>
+          <t>Luigi Servolini, I fiori - otto tavole [les fleurs - huit tables], xylogravure, 1931.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier</t>
@@ -459,535 +459,535 @@
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>68879</v>
+        <v>68871</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Mio padre [mon père], xylogravure, 1935.</t>
+          <t>Luigi Servolini, Urbino [Urbin], xylogravure, 1935.</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>68882</v>
+        <v>68875</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, I pesci - dieci legni [les poissons - dix bois], xylogravure, 1935.</t>
+          <t>Luigi Servolini, Desco familiare [table-cantine familiale], xylogravure, 1935.</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>68883</v>
+        <v>68877</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Nel parco (tre legni) [Dans le parc (trois bois)], xylogravure, 1935.</t>
+          <t>Luigi Servolini, Venditrice di orci [marchande de poteries], xylogravure, 1935.</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>68871</v>
+        <v>68879</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Urbino [Urbin], xylogravure, 1935.</t>
+          <t>Luigi Servolini, Mio padre [mon père], xylogravure, 1935.</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>68875</v>
+        <v>68882</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Desco familiare [table-cantine familiale], xylogravure, 1935.</t>
+          <t>Luigi Servolini, I pesci - dieci legni [les poissons - dix bois], xylogravure, 1935.</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>68877</v>
+        <v>68883</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Venditrice di orci [marchande de poteries], xylogravure, 1935.</t>
+          <t>Luigi Servolini, Nel parco (tre legni) [Dans le parc (trois bois)], xylogravure, 1935.</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>68880</v>
+        <v>68865</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Vicolo [ruelle], xylogravure, s.d.</t>
+          <t>Luigi Servolini, Il cipressetto [le cyprès], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>68865</v>
+        <v>68867</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Il cipressetto [le cyprès], xylogravure, s.d.</t>
+          <t>Luigi Servolini, Sancto Uberto [Saint Hubert], xylogravure, s.d. [1932].</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>68867</v>
+        <v>68868</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Sancto Uberto [Saint Hubert], xylogravure, s.d. [1932].</t>
+          <t>Luigi Servolini, Les pins, xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>68868</v>
+        <v>68870</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Les pins, xylogravure, s.d.</t>
+          <t>Luigi Servolini, San Cristoforo [Saint Christophe], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>68870</v>
+        <v>68873</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, San Cristoforo [Saint Christophe], xylogravure, s.d.</t>
+          <t>Luigi Servolini, I pesci [les poissons], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>68873</v>
+        <v>68874</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, I pesci [les poissons], xylogravure, s.d.</t>
+          <t>Luigi Servolini, Urbino : chiesa bramantesca di S Bernardino [l'église Saint-Bernardin], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>gravure sur bois</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>68874</v>
+        <v>68880</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Luigi Servolini, Urbino : chiesa bramantesca di S Bernardino [l'église Saint-Bernardin], xylogravure, s.d.</t>
+          <t>Luigi Servolini, Vicolo [ruelle], xylogravure, s.d.</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Servolini, Luigi</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier</t>