--- v0 (2025-10-23)
+++ v1 (2025-12-25)
@@ -183,51 +183,51 @@
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>68968</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>J. Montenez, Le roi Albert Ier, gravure, 1910.</t>
+          <t>Georges Montenez, Le roi Albert Ier, gravure, 1910.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Montenez, J.</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1910 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier</t>