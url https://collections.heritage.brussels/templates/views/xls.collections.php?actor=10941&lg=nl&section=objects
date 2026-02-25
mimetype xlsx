--- v0 (2025-11-16)
+++ v1 (2026-02-25)
@@ -179,855 +179,855 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>69051</v>
+        <v>69059</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Lamoraal, comte d'Egmont, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Portrait d' Adriaan Reinierszoon Cromhout, burgemeester en raad der stad Amsterdam na de reformatie A° 1578, gravure, s.d.</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>69052</v>
+        <v>69060</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Hendrik Dirkszoon Spiegel, burgemeester en raad der stad Amsterdam, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Portrait d'Adriaan Pauw, schepen en raad der stad Amsterdam na de Reformatie A° 1578, gravure, s.d.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>69053</v>
+        <v>69073</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Diederik, Heer van Batenburg, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Henrik, heer van Brederode, gravure, s.d.</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>69054</v>
+        <v>69074</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Cornelis Jan Witsen, burgemeester en raad der stad Amsterdam, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Pieter Janszoon Kies, burgemeester der stad Haarlem, gravure, s.d.</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>69055</v>
+        <v>69075</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Jan Corneliszoon Meppel, luitenant admiraal van Holland en Westvriesland, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Gysbrecht, heer van Batenburg, gravure, s.d.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>69056</v>
+        <v>69076</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Frans Banning Kok, heer van Purmerland en Ilpendam, burgemeester en raad der stad Amsterdam, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Roelof Bicker, schepen en raad der stad Amsterdam, gravure, s.d.</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>69057</v>
+        <v>69077</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Cornelis Bicker, heer van Swieten, burgemeester der stad Amsterdam, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Portrait d'Albert Coenraads Burg, burgemeester en raad der stad Amsterdam, gravure, s.d.</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>69058</v>
+        <v>69078</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Nicolaas Van der Laan, burgemeester en raad der stad Haarlem, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Cornelis de Graeff, burgemeester en raad der stad Amsterdam, gravure, s.d.</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>69059</v>
+        <v>69079</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Portrait d' Adriaan Reinierszoon Cromhout, burgemeester en raad der stad Amsterdam na de reformatie A° 1578, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Govert van Slingelandt, eerst pensionaris der stad Dordrecht, daar na secretaris van den raad van staten, gravure, s.d.</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>69060</v>
+        <v>69080</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Portrait d'Adriaan Pauw, schepen en raad der stad Amsterdam na de Reformatie A° 1578, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Nicolaas Ruykhaver, colonel onder Prins Willem den Eerste, gravure, s.d.</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>69073</v>
+        <v>69081</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Henrik, heer van Brederode, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Anthony Oetgens van Waveren, burgemeester en raad der stad Amsterdam, gravure, s.d.</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>69074</v>
+        <v>69082</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Pieter Janszoon Kies, burgemeester der stad Haarlem, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Joost Buyck, burgemeester en raad der stad Amsterdam voor den jaare 1578, gravure, s.d.</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>69075</v>
+        <v>69083</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Gysbrecht, heer van Batenburg, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Joannes Muys van Holy, schepen en raad der stad Dordrecht A° 1572, gravure, s.d.</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>69076</v>
+        <v>69051</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Roelof Bicker, schepen en raad der stad Amsterdam, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Lamoraal, comte d'Egmont, gravure, s.d.</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>69077</v>
+        <v>69052</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Portrait d'Albert Coenraads Burg, burgemeester en raad der stad Amsterdam, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Hendrik Dirkszoon Spiegel, burgemeester en raad der stad Amsterdam, gravure, s.d.</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>69078</v>
+        <v>69053</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Cornelis de Graeff, burgemeester en raad der stad Amsterdam, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Diederik, Heer van Batenburg, gravure, s.d.</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>69079</v>
+        <v>69054</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Govert van Slingelandt, eerst pensionaris der stad Dordrecht, daar na secretaris van den raad van staten, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Cornelis Jan Witsen, burgemeester en raad der stad Amsterdam, gravure, s.d.</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>69080</v>
+        <v>69055</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Nicolaas Ruykhaver, colonel onder Prins Willem den Eerste, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Jan Corneliszoon Meppel, luitenant admiraal van Holland en Westvriesland, gravure, s.d.</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>69081</v>
+        <v>69056</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Anthony Oetgens van Waveren, burgemeester en raad der stad Amsterdam, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Frans Banning Kok, heer van Purmerland en Ilpendam, burgemeester en raad der stad Amsterdam, gravure, s.d.</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>69082</v>
+        <v>69057</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Joost Buyck, burgemeester en raad der stad Amsterdam voor den jaare 1578, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Cornelis Bicker, heer van Swieten, burgemeester der stad Amsterdam, gravure, s.d.</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>69083</v>
+        <v>69058</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Jacobus Houbraken, Joannes Muys van Holy, schepen en raad der stad Dordrecht A° 1572, gravure, s.d.</t>
+          <t>Jacobus Houbraken, Nicolaas Van der Laan, burgemeester en raad der stad Haarlem, gravure, s.d.</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Houbraken, Jacobus</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>papier</t>