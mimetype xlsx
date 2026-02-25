--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -255,575 +255,575 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1871 - 1893</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>chemin de croix, tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>70948</v>
+        <v>70962</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Ange portant un phylactère "domum sacrificii"</t>
+          <t>Portrait du cardinal Guillaume Vicedomino de Vicedominis, élu pape le 6 septembre 1276</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1891 - 1900</t>
+          <t>1891 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>porte, peinture murale</t>
+          <t>peinture murale, peinture</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture, enduit, or</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture, doré</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>70960</v>
+        <v>70963</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Vie de saint Antoine de Padoue</t>
+          <t>Nicolas IV élu pape le 22 février 1288</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>70961</v>
+        <v>70964</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Saint Paul de Tarse</t>
+          <t>Alexandre V élu pape à Pise le 26 juin 1409</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>70962</v>
+        <v>70965</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Portrait du cardinal Guillaume Vicedomino de Vicedominis, élu pape le 6 septembre 1276</t>
+          <t>Adam et Eve chassés du Paradis</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>peinture murale, peinture</t>
+          <t>peinture murale</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>70963</v>
+        <v>70966</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Nicolas IV élu pape le 22 février 1288</t>
+          <t>Vie de saint Antoine de Padoue</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>70964</v>
+        <v>70967</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Alexandre V élu pape à Pise le 26 juin 1409</t>
+          <t>Saint Pierre</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>70965</v>
+        <v>70968</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Adam et Eve chassés du Paradis</t>
+          <t>Clément XIV élu pape le 19 mai 1769</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>70966</v>
+        <v>70969</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Vie de saint Antoine de Padoue</t>
+          <t>Sixte V élu pape le 24 avril 1585</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>70967</v>
+        <v>70970</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Saint Pierre</t>
+          <t>Saint Ambroise et Sixte IV élu pape le 9 août 1471</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>70968</v>
+        <v>70972</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Clément XIV élu pape le 19 mai 1769</t>
+          <t>Moïse et le Buisson ardent</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>70969</v>
+        <v>70973</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Sixte V élu pape le 24 avril 1585</t>
+          <t>Jules II élu pape le 1er novembre 1503</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>70970</v>
+        <v>70948</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Saint Ambroise et Sixte IV élu pape le 9 août 1471</t>
+          <t>Ange portant un phylactère "domum sacrificii"</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1891 - </t>
+          <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>peinture murale</t>
+          <t>porte, peinture murale</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>peinture, enduit, or</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>technique de peinture, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>70972</v>
+        <v>70960</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Moïse et le Buisson ardent</t>
+          <t>Vie de saint Antoine de Padoue</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>70973</v>
+        <v>70961</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Jules II élu pape le 1er novembre 1503</t>
+          <t>Saint Paul de Tarse</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Antoine de Padoue et couvent Franciscains conventuels </t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Cuypers-Stoltzenberg</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1891 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>peinture murale</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture</t>