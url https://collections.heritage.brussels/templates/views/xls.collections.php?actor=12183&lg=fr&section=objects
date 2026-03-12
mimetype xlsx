--- v0 (2026-01-23)
+++ v1 (2026-03-12)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,79 +179,139 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
+        <v>111371</v>
+      </c>
+      <c r="B2" s="2" t="inlineStr">
+        <is>
+          <t>Affiche d'art - Surprise</t>
+        </is>
+      </c>
+      <c r="C2" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D2" s="2" t="inlineStr">
+        <is>
+          <t>Seron, Emilie</t>
+        </is>
+      </c>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
+      <c r="A3" s="1" t="n">
+        <v>111372</v>
+      </c>
+      <c r="B3" s="2" t="inlineStr">
+        <is>
+          <t>Illustration originale - Boubou en était sûr</t>
+        </is>
+      </c>
+      <c r="C3" s="2" t="inlineStr">
+        <is>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
+        </is>
+      </c>
+      <c r="D3" s="2" t="inlineStr">
+        <is>
+          <t>Seron, Emilie</t>
+        </is>
+      </c>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2" t="inlineStr">
+        <is>
+          <t>illustration jeunesse</t>
+        </is>
+      </c>
+      <c r="G3" s="2" t="inlineStr">
+        <is>
+          <t>encre de chine, aquarelle</t>
+        </is>
+      </c>
+      <c r="H3" s="2"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
+      <c r="A4" s="1" t="n">
         <v>77577</v>
       </c>
-      <c r="B2" s="2" t="inlineStr">
+      <c r="B4" s="2" t="inlineStr">
         <is>
           <t>figure pleurant sur une lettre</t>
         </is>
       </c>
-      <c r="C2" s="2" t="inlineStr">
+      <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Watermael-Boitsfort</t>
         </is>
       </c>
-      <c r="D2" s="2" t="inlineStr">
+      <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Seron, Emilie</t>
         </is>
       </c>
-      <c r="E2" s="2" t="inlineStr">
+      <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
-      <c r="F2" s="2" t="inlineStr">
+      <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
-      <c r="G2" s="2"/>
-      <c r="H2" s="2" t="inlineStr">
+      <c r="G4" s="2"/>
+      <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">