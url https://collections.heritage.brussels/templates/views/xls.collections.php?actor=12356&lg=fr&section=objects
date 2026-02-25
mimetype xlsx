--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -259,91 +259,91 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>batiste, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>102802</v>
+        <v>102803</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Ensemble blouse et culotte</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Maison Dujardin</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1957 - 1958</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>deux pièces, haut à manches courtes ou longues, pantalon court</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>102803</v>
+        <v>102802</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Ensemble blouse et culotte</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Maison Dujardin</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1957 - 1958</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>deux pièces, haut à manches courtes ou longues, pantalon court</t>
         </is>