--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -188,171 +188,171 @@
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>77367</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>La Légende de Thyl Uylenspieghel</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Van Offel, Constant</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1885 - 1924</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>image imprimée, estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>lithographie, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>77368</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Thyl Uylenspieghel</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Van Offel, Constant</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1885 - 1924</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>lithographie, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>77369</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Thyl Uylenspieghel</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Van Offel, Constant</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1885 - 1924</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>lithographie, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>77372</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Le Carnaval</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Van Offel, Constant</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1885 - 1924</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, crayon, aquarelle</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>