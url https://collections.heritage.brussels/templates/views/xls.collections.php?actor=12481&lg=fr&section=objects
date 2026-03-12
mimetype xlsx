--- v0 (2025-11-15)
+++ v1 (2026-03-12)
@@ -188,51 +188,51 @@
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>77318</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Nature morte aux fleurs et aux fruits</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Baksteen, Gerard</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>