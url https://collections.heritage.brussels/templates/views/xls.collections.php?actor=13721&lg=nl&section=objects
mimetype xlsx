--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -179,105 +179,105 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>100655</v>
+        <v>100574</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>La Vache</t>
+          <t>Victor Sackville</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Desberg , Stephen / Art Mural,  / De Moor, Johan</t>
+          <t>Borille, Gabrielle / Francis Carin ,  / Rivière , François / Art Mural</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>100574</v>
+        <v>100655</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Victor Sackville</t>
+          <t>La Vache</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Borille, Gabrielle / Francis Carin ,  / Rivière , François / Art Mural</t>
+          <t>Desberg , Stephen / Art Mural,  / De Moor, Johan</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
@@ -659,105 +659,105 @@
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1998 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>100658</v>
+        <v>100561</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Yoko Tsuno</t>
+          <t>Les rêves de Nic</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Leloup, Roger / Art Mural</t>
+          <t>Hermann,  / Morphée,  / Art Mural</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>100561</v>
+        <v>100658</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Les rêves de Nic</t>
+          <t>Yoko Tsuno</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Hermann,  / Morphée,  / Art Mural</t>
+          <t>Leloup, Roger / Art Mural</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
@@ -779,145 +779,145 @@
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>100593</v>
+        <v>100535</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Passe-moi l'ciel </t>
+          <t>Le Scorpion</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Janry,  / Stuf ,  / Art Mural</t>
+          <t>Art Mural,  / Desberg , Stephen / Marini , Enrico</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>100619</v>
+        <v>100593</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Jean </t>
+          <t>Passe-moi l'ciel </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Dupuy, Philippe / Berberian, Charles / Art Mural</t>
+          <t>Janry,  / Stuf ,  / Art Mural</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>100535</v>
+        <v>100619</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Le Scorpion</t>
+          <t>Monsieur Jean </t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Art Mural,  / Desberg , Stephen / Marini , Enrico</t>
+          <t>Dupuy, Philippe / Berberian, Charles / Art Mural</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
@@ -979,105 +979,105 @@
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>100603</v>
+        <v>100580</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Martine</t>
+          <t>Odilon Verjus</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Marlier, Marcel / Delahaye, Gilbert / Art Mural</t>
+          <t>Art Mural,  / Yann Le Pennetier,  / Verron, Laurent</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>100580</v>
+        <v>100603</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Odilon Verjus</t>
+          <t>Martine</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Art Mural,  / Yann Le Pennetier,  / Verron, Laurent</t>
+          <t>Marlier, Marcel / Delahaye, Gilbert / Art Mural</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
@@ -1259,185 +1259,185 @@
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>2007 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>100676</v>
+        <v>100678</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Corto Maltese</t>
+          <t>Natacha</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Hugo Pratt,  / Art Mural</t>
+          <t>Walthéry, François / Gos,  / Art Mural</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>100678</v>
+        <v>100679</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Natacha</t>
+          <t>Gil Jourdan </t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Walthéry, François / Gos,  / Art Mural</t>
+          <t>Tillieux, Maurice / Art Mural</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>100679</v>
+        <v>100680</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Gil Jourdan </t>
+          <t>De Kiekeboes</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Tillieux, Maurice / Art Mural</t>
+          <t>Merho ,  / Art Mural</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>100680</v>
+        <v>100676</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>De Kiekeboes</t>
+          <t>Corto Maltese</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Parcours BD - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Merho ,  / Art Mural</t>
+          <t>Hugo Pratt,  / Art Mural</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>peinture acrylique</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>fresque</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">