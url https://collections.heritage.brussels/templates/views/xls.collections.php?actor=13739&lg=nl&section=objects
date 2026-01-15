--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -179,172 +179,172 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>86382</v>
+        <v>86383</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Étang - Square Marie-Louise (VdB)</t>
+          <t>Bassin rectangulaire est - square Palmerston (VdB)</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Bordiau, Gédéon</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>fontaine</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>pierre, béton</t>
+          <t>pierre bleue</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>86383</v>
+        <v>86384</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Bassin rectangulaire est - square Palmerston (VdB)</t>
+          <t>Bassin rectangulaire ouest - square Palmerston (VdB)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Bordiau, Gédéon</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>fontaine</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>86384</v>
+        <v>86367</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Bassin rectangulaire ouest - square Palmerston (VdB)</t>
+          <t>Bassin rectangulaire à gradins - square Ambiorix (VdB)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Bordiau, Gédéon</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>fontaine</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>86367</v>
+        <v>86382</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Bassin rectangulaire à gradins - square Ambiorix (VdB)</t>
+          <t>Étang - Square Marie-Louise (VdB)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Bordiau, Gédéon</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>fontaine</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
+          <t>pierre, béton</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>86388</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Bassin en demi-cercle - square Ambiorix (VdB)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Meunier, Constantin / Bordiau, Gédéon</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>