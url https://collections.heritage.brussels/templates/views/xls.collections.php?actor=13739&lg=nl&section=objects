--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -179,172 +179,172 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>86383</v>
+        <v>86367</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Bassin rectangulaire est - square Palmerston (VdB)</t>
+          <t>Bassin rectangulaire à gradins - square Ambiorix (VdB)</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Bordiau, Gédéon</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>fontaine</t>
+          <t>fontaine, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>86384</v>
+        <v>86382</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Bassin rectangulaire ouest - square Palmerston (VdB)</t>
+          <t>Étang - Square Marie-Louise (VdB)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Bordiau, Gédéon</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>fontaine</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue</t>
+          <t>pierre, béton</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>86367</v>
+        <v>86383</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Bassin rectangulaire à gradins - square Ambiorix (VdB)</t>
+          <t>Bassin rectangulaire est - square Palmerston (VdB)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Bordiau, Gédéon</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>fontaine, oeuvre d'art en espace public</t>
+          <t>fontaine</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>86382</v>
+        <v>86384</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Étang - Square Marie-Louise (VdB)</t>
+          <t>Bassin rectangulaire ouest - square Palmerston (VdB)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Bordiau, Gédéon</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>fontaine</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>pierre, béton</t>
+          <t>pierre bleue</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>86388</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Bassin en demi-cercle - square Ambiorix (VdB)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Meunier, Constantin / Bordiau, Gédéon</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>