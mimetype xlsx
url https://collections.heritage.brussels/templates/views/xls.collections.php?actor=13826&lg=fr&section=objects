--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -179,205 +179,205 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>105892</v>
+        <v>105891</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Veste</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Van Saene, Dirk</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1981 - 1990</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>laine, soie</t>
+          <t>résine synthétique, soie</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>cannelé, dentelle mécanique, tulle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>105893</v>
+        <v>105892</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Jupe</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Van Saene, Dirk</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1981 - 1990</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>jupe, bretelle</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>soie, polyester, résine synthétique</t>
+          <t>laine, soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>cannelé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>105894</v>
+        <v>105893</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Chemise</t>
+          <t>Jupe</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Van Saene, Dirk</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1981 - 1990</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>jupe, bretelle</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon), résine synthétique</t>
+          <t>soie, polyester, résine synthétique</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>toile, dentelle mécanique</t>
+          <t>cannelé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>105891</v>
+        <v>105894</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Chemise</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Van Saene, Dirk</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1981 - 1990</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>résine synthétique, soie</t>
+          <t>coton, polyamide (=nylon), résine synthétique</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>cannelé, dentelle mécanique, tulle</t>
+          <t>toile, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>73950</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Van Saene, Dirk</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>2018 - 2019</t>