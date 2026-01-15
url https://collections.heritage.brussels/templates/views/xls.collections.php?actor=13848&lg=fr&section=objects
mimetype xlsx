--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -259,215 +259,215 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1904 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>verre, peinture</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail, peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>86792</v>
+        <v>86795</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Saint Joseph et l’Enfant Jésus</t>
+          <t>Saint Géry de Cambrai</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Cambier, Nestor</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>verre, peinture</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique du vitrail, peinture sur verre</t>
+          <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>86793</v>
+        <v>86796</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Sainte Claire d’Assise</t>
+          <t>Saint Antoine de Padoue</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Cambier, Nestor</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>verre, peinture</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail, peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>86794</v>
+        <v>86792</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Saint Roch de Montpellier</t>
+          <t>Saint Joseph et l’Enfant Jésus</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Cambier, Nestor</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>verre, peinture</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail, peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>86795</v>
+        <v>86793</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Saint Géry de Cambrai</t>
+          <t>Sainte Claire d’Assise</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Cambier, Nestor</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>verre, peinture</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre, technique du vitrail</t>
+          <t>technique du vitrail, peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>86796</v>
+        <v>86794</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Saint Antoine de Padoue</t>
+          <t>Saint Roch de Montpellier</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame aux Riches-Claires</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Cambier, Nestor</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1905 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>verre, peinture</t>