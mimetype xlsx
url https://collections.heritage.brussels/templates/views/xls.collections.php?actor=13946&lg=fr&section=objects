--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -179,205 +179,205 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>67952</v>
+        <v>57625</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Manteau habillé</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Crahay, Jules François / J.Crahay</t>
+          <t>J.Crahay</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1948 - 1950</t>
+          <t>1948 - 1948</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, marmotte</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>81429</v>
+        <v>67952</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Crahay, Jules François / J.Crahay</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1948 - 1950</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>87317</v>
+        <v>81429</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Crahay, Jules François / J.Crahay</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1948 - 1950</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>57625</v>
+        <v>87317</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Manteau habillé</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>J.Crahay</t>
+          <t>Crahay, Jules François / J.Crahay</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1948 - 1948</t>
+          <t>1948 - 1950</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>soie, marmotte</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>57631</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Manteau</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>J.Crahay</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1950 - 1950</t>