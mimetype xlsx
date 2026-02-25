--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -339,165 +339,165 @@
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>reliquaire</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>émail, argent, gomme-laque</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>106070</v>
+        <v>88189</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Ostensoir-soleil</t>
+          <t>ostensoir-reliquaire</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Antoine de Padoue</t>
+          <t>Eglise Sainte-Elisabeth</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>ostensoir</t>
+          <t>ostensoir, reliquaire</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>métal, émail, ivoire</t>
+          <t>argent</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux, doré</t>
+          <t>technique de repoussage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>88189</v>
+        <v>99649</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>ostensoir-reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Eglise Sainte-Elisabeth</t>
+          <t>Eglise Saint-Pierre</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>ostensoir, reliquaire</t>
+          <t>calice</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>argent</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>technique de repoussage</t>
+          <t>technique des métaux</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>99649</v>
+        <v>106070</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>Ostensoir-soleil</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Pierre</t>
+          <t>Eglise Saint-Antoine de Padoue</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>calice</t>
+          <t>ostensoir</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
+          <t>métal, émail, ivoire</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique des métaux</t>
+          <t>technique des métaux, doré</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>92392</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>calice</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Devroye [frères]</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1939 - </t>