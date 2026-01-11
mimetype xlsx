--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -287,343 +287,343 @@
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>90885</v>
+        <v>90887</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t> So lebte der Bauer [Ainsi vivait le paysan]- série „Zum Deutschen Bauernkrieg“</t>
+          <t>Die 12 Artikel der Bauern [Les 12 articles des paysans ] - série „Zum Deutschen Bauernkrieg“ </t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>90886</v>
+        <v>91015</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>“et si nous rentrons battus, nos petits-enfants les tresseront mieux que nous » - série „Zum Deutschen Bauernkrieg“</t>
+          <t>Jäcklein Rohrbach chasse les chevaliers près de Weinsberg à l’aide de piques - série „Zum Deutschen Bauernkrieg“.</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>90887</v>
+        <v>91016</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Die 12 Artikel der Bauern [Les 12 articles des paysans ] - série „Zum Deutschen Bauernkrieg“ </t>
+          <t>La courtisane noire - série "Zum Deutschen Bauernkrieg" </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>91015</v>
+        <v>91017</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Jäcklein Rohrbach chasse les chevaliers près de Weinsberg à l’aide de piques - série „Zum Deutschen Bauernkrieg“.</t>
+          <t>Jäcklein Rohrbach est brûlé - série „Zum Deutschen Bauernkrieg“</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>91016</v>
+        <v>91018</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>La courtisane noire - série "Zum Deutschen Bauernkrieg" </t>
+          <t>Thomas Münzer devant le duc -  série „Zum Deutschen Bauernkrieg“ </t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>91017</v>
+        <v>90883</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Jäcklein Rohrbach est brûlé - série „Zum Deutschen Bauernkrieg“</t>
+          <t>Das Pfeiferhänslein“ La petite fille au sifflet] - série "Zum Deutschen Bauernkrieg"</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>91018</v>
+        <v>90884</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Thomas Münzer devant le duc -  série „Zum Deutschen Bauernkrieg“ </t>
+          <t>Joss Fritz organisiert den Bundschuh [Joss Fritz organise le Bundschuh ] - série „Zum Deutschen Bauernkrieg“  </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>90883</v>
+        <v>90885</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Das Pfeiferhänslein“ La petite fille au sifflet] - série "Zum Deutschen Bauernkrieg"</t>
+          <t> So lebte der Bauer [Ainsi vivait le paysan]- série „Zum Deutschen Bauernkrieg“</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique de gravure</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>90884</v>
+        <v>90886</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Joss Fritz organisiert den Bundschuh [Joss Fritz organise le Bundschuh ] - série „Zum Deutschen Bauernkrieg“  </t>
+          <t>“et si nous rentrons battus, nos petits-enfants les tresseront mieux que nous » - série „Zum Deutschen Bauernkrieg“</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Juif de Belgique</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Grundig, Léa</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1956 - 1958</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="inlineStr">
         <is>