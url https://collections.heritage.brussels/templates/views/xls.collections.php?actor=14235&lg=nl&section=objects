--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -435,279 +435,279 @@
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1958 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>97131</v>
+        <v>97124</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Tounga : Tounga et le dieu de feu - Bleu 28</t>
+          <t>Tounga : Tounga et le dieu de feu - Bleu 17</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / Acar, Jacques</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>97124</v>
+        <v>97125</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Tounga : Tounga et le dieu de feu - Bleu 17</t>
+          <t>Tounga : Tounga et le dieu de feu - -</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / Acar, Jacques</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>97125</v>
+        <v>97126</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Tounga : Tounga et le dieu de feu - -</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / Acar, Jacques</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>97126</v>
+        <v>97127</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Tounga : Tounga et le dieu de feu - -</t>
+          <t>Tounga : Tounga et le dieu de feu - Bleu 26</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / Acar, Jacques</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>97127</v>
+        <v>97128</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Tounga : Tounga et le dieu de feu - Bleu 26</t>
+          <t>Tounga : Tounga et le dieu de feu - Bleu 22</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / Acar, Jacques</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>97128</v>
+        <v>97129</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Tounga : Tounga et le dieu de feu - Bleu 22</t>
+          <t>Tounga : Tounga et le dieu de feu - -</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / Acar, Jacques</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>97129</v>
+        <v>97130</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Tounga : Tounga et le dieu de feu - -</t>
+          <t>Tounga : Tounga et le dieu de feu - Bleu 23</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / Acar, Jacques</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>97130</v>
+        <v>97131</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Tounga : Tounga et le dieu de feu - Bleu 23</t>
+          <t>Tounga : Tounga et le dieu de feu - Bleu 28</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / Acar, Jacques</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
@@ -947,97 +947,97 @@
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>90901</v>
+        <v>90905</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Brik, Brak, Bernik, Mescaline : Brik, Brak, Bernik, Mescaline et les autres - planche : 27</t>
+          <t>Tounga : Au-delà des terres froides - planche : 12</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Aidans, Édouard / Lamquet, Chris</t>
+          <t>Aidans, Édouard</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>90905</v>
+        <v>90901</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Tounga : Au-delà des terres froides - planche : 12</t>
+          <t>Brik, Brak, Bernik, Mescaline : Brik, Brak, Bernik, Mescaline et les autres - planche : 27</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Aidans, Édouard</t>
+          <t>Aidans, Édouard / Lamquet, Chris</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
         <v>90902</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Tony Stark : La Peau des autres - planche : 40</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
@@ -1203,87 +1203,87 @@
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / Dufaux, Jean</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>97248</v>
+        <v>90914</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Bernard Prince : La dynamitera - planche : 33</t>
+          <t>Bernard Prince : La Dynamitera - planche : 5</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>90914</v>
+        <v>97248</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Bernard Prince : La Dynamitera - planche : 5</t>
+          <t>Bernard Prince : La dynamitera - planche : 33</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>