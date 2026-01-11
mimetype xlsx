--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -499,193 +499,193 @@
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>(Renaud Denauw), Renaud / Dufaux, Jean</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>90898</v>
+        <v>90900</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>La Toile et la dague : Le Prince foudroyé - planche : 18</t>
+          <t>La Toile et la dague : Le Prince foudroyé - planche : 40</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / Dufaux, Jean</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>90899</v>
+        <v>91152</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>La Toile et la dague : Le Prince foudroyé - planche : 36</t>
+          <t>Les Enfants de la Salamandre : Arkadin - planche : 33</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Aidans, Édouard / Dufaux, Jean</t>
+          <t>(Renaud Denauw), Renaud / Dufaux, Jean</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>90900</v>
+        <v>91153</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>La Toile et la dague : Le Prince foudroyé - planche : 40</t>
+          <t>Jessica Blandy : Peau d'enfer - planche : 22</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Aidans, Édouard / Dufaux, Jean</t>
+          <t>(Renaud Denauw), Renaud / Dufaux, Jean</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>91152</v>
+        <v>90898</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Les Enfants de la Salamandre : Arkadin - planche : 33</t>
+          <t>La Toile et la dague : Le Prince foudroyé - planche : 18</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>(Renaud Denauw), Renaud / Dufaux, Jean</t>
+          <t>Aidans, Édouard / Dufaux, Jean</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>91153</v>
+        <v>90899</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Jessica Blandy : Peau d'enfer - planche : 22</t>
+          <t>La Toile et la dague : Le Prince foudroyé - planche : 36</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>(Renaud Denauw), Renaud / Dufaux, Jean</t>
+          <t>Aidans, Édouard / Dufaux, Jean</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>91154</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Jessica Blandy : Au loin, la fille d'Ipanema - planche : 30</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">