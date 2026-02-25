--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -583,407 +583,407 @@
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>(Daniel Henrotin), Dany / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>97187</v>
+        <v>97180</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 22</t>
+          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 7</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Maréchal, Maurice / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>97188</v>
+        <v>97181</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 24</t>
+          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 12</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Maréchal, Maurice / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>97189</v>
+        <v>97182</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 23</t>
+          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 13</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Maréchal, Maurice / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>97180</v>
+        <v>97183</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 7</t>
+          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 14</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Maréchal, Maurice / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>97181</v>
+        <v>97184</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 12</t>
+          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 18</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Maréchal, Maurice / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>97182</v>
+        <v>97185</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 13</t>
+          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 19</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Maréchal, Maurice / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>97183</v>
+        <v>97186</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 14</t>
+          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 21</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Maréchal, Maurice / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>97184</v>
+        <v>97187</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 18</t>
+          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 22</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Maréchal, Maurice / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>97185</v>
+        <v>97188</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 19</t>
+          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 24</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Maréchal, Maurice / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>97186</v>
+        <v>97189</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 21</t>
+          <t>Une aventure de Prudence Petitpas : Le Secret des poissons rouges - Bleu 23</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Maréchal, Maurice / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>97248</v>
+        <v>90914</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Bernard Prince : La dynamitera - planche : 33</t>
+          <t>Bernard Prince : La Dynamitera - planche : 5</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>90914</v>
+        <v>97248</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Bernard Prince : La Dynamitera - planche : 5</t>
+          <t>Bernard Prince : La dynamitera - planche : 33</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>