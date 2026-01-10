--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -903,87 +903,87 @@
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Maréchal, Maurice / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1987 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>90914</v>
+        <v>97248</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Bernard Prince : La Dynamitera - planche : 5</t>
+          <t>Bernard Prince : La dynamitera - planche : 33</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>97248</v>
+        <v>90914</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Bernard Prince : La dynamitera - planche : 33</t>
+          <t>Bernard Prince : La Dynamitera - planche : 5</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Aidans, Édouard / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>