--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -687,887 +687,887 @@
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>découpage</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>92915</v>
+        <v>92924</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 30</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 39</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>92916</v>
+        <v>92925</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 31</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 40</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>92917</v>
+        <v>92926</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 32</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 42</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>92918</v>
+        <v>92927</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 33</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 43</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>92919</v>
+        <v>92928</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 34</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - scénario 44</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>croquis/crayonné</t>
+          <t>scénario</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>92920</v>
+        <v>92929</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 35</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - découpage 41</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>croquis/crayonné</t>
+          <t>découpage</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>92921</v>
+        <v>92930</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 36</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - découpage 44</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>croquis/crayonné</t>
+          <t>découpage</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>92922</v>
+        <v>92904</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 37</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 19</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>92923</v>
+        <v>92905</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 38</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 21</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>92924</v>
+        <v>92906</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 39</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 20</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>92925</v>
+        <v>92907</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 40</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 22</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>92926</v>
+        <v>92908</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 42</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 23</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>92927</v>
+        <v>92909</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 43</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 24</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>92928</v>
+        <v>92910</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - scénario 44</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 25</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>scénario</t>
+          <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>92929</v>
+        <v>92911</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - découpage 41</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 26</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>découpage</t>
+          <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>92930</v>
+        <v>92912</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - découpage 44</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 27</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>découpage</t>
+          <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>92904</v>
+        <v>92913</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 19</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 28</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>92905</v>
+        <v>92914</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 21</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 29</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>92906</v>
+        <v>92915</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 20</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 30</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>92907</v>
+        <v>92916</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 22</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 31</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>92908</v>
+        <v>92917</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 23</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 32</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>92909</v>
+        <v>92918</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 24</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 33</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>92910</v>
+        <v>92919</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 25</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 34</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>92911</v>
+        <v>92920</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 26</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 35</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>92912</v>
+        <v>92921</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 27</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 36</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>92913</v>
+        <v>92922</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 28</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 37</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>92914</v>
+        <v>92923</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 29</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 38</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>