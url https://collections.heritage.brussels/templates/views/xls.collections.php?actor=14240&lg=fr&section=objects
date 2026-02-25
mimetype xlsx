--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -687,887 +687,887 @@
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>découpage</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>92924</v>
+        <v>92923</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 39</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 38</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>92925</v>
+        <v>92924</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 40</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 39</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>92926</v>
+        <v>92925</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 42</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 40</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>92927</v>
+        <v>92926</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 43</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 42</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>92928</v>
+        <v>92927</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - scénario 44</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 43</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>scénario</t>
+          <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>92929</v>
+        <v>92928</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - découpage 41</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - scénario 44</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>découpage</t>
+          <t>scénario</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>92930</v>
+        <v>92929</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - découpage 44</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - découpage 41</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>découpage</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>92904</v>
+        <v>92930</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 19</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - découpage 44</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>croquis/crayonné</t>
+          <t>découpage</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>92905</v>
+        <v>92904</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 21</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 19</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>92906</v>
+        <v>92905</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 20</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 21</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>92907</v>
+        <v>92906</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 22</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 20</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>92908</v>
+        <v>92907</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 23</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 22</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>92909</v>
+        <v>92908</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 24</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 23</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>92910</v>
+        <v>92909</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 25</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 24</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>92911</v>
+        <v>92910</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 26</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 25</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>92912</v>
+        <v>92911</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 27</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 26</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>92913</v>
+        <v>92912</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 28</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 27</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>92914</v>
+        <v>92913</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 29</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 28</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>92915</v>
+        <v>92914</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 30</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 29</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>92916</v>
+        <v>92915</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 31</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 30</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>92917</v>
+        <v>92916</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 32</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 31</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>92918</v>
+        <v>92917</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 33</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 32</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>92919</v>
+        <v>92918</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 34</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 33</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>92920</v>
+        <v>92919</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 35</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 34</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>92921</v>
+        <v>92920</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 36</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 35</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>92922</v>
+        <v>92921</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 37</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 36</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>92923</v>
+        <v>92922</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 38</t>
+          <t>Johnny Goodbye : L'Homme qui existait bien - crayonné 37</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Attanasio, Dino / Lodewijk, Martin / Straatman, Ruud</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>croquis/crayonné</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>