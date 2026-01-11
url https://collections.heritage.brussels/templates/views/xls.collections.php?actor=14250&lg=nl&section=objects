--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -179,111 +179,111 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>90930</v>
+        <v>95090</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Cauchemar - 2è plat</t>
+          <t>Portrait de Thomas Owen</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée de la BD de Bruxelles</t>
+          <t>Commune de Schaerbeek</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>(André Benniest), Benn</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
-[...3 lines deleted...]
-      <c r="H2" s="2"/>
+          <t>peinture</t>
+        </is>
+      </c>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>panneau, toile</t>
+        </is>
+      </c>
+      <c r="H2" s="2" t="inlineStr">
+        <is>
+          <t>marouflé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>95090</v>
+        <v>90930</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Thomas Owen</t>
+          <t>Monsieur Cauchemar - 2è plat</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Commune de Schaerbeek</t>
+          <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>(André Benniest), Benn</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
-[...11 lines deleted...]
-      </c>
+          <t>planche originale</t>
+        </is>
+      </c>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>90929</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Un métier fatiguant - planche : 6</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>(André Benniest), Benn</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
@@ -339,87 +339,87 @@
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>(André Benniest), Benn / Desberg, Stephen</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>90935</v>
+        <v>90936</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Tom Applepie : Tom Applepie et la bande des six nez - planche : 1</t>
+          <t>Tom Applepie : Tom Applepie et la bande des six nez - planche : 4</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>(André Benniest), Benn / (Raymond Antoine), Vicq</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1978 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>90936</v>
+        <v>90935</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Tom Applepie : Tom Applepie et la bande des six nez - planche : 4</t>
+          <t>Tom Applepie : Tom Applepie et la bande des six nez - planche : 1</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>(André Benniest), Benn / (Raymond Antoine), Vicq</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1978 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>