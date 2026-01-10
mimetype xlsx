--- v0 (2025-11-16)
+++ v1 (2026-01-10)
@@ -271,161 +271,161 @@
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Coria, Felicisimo</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>91216</v>
+        <v>91209</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Vega - planche : 2</t>
+          <t>Bob Morane : Opération Wolf - planche : 4</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Coria, Felicisimo / Desberg, Stephen</t>
+          <t>Coria, Felicisimo / (Charles Henri Dewisme), Henri Vernes</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>91223</v>
+        <v>91216</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Le Fondateur - planche : 1</t>
+          <t>Vega - planche : 2</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Coria, Felicisimo / De Saint-Hilaire, P.</t>
+          <t>Coria, Felicisimo / Desberg, Stephen</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>91224</v>
+        <v>91223</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Explorations tibétaines - planche : 4</t>
+          <t>Le Fondateur - planche : 1</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Coria, Felicisimo / (Michel Deverchin), Yves Duval</t>
+          <t>Coria, Felicisimo / De Saint-Hilaire, P.</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>91209</v>
+        <v>91224</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Bob Morane : Opération Wolf - planche : 4</t>
+          <t>Explorations tibétaines - planche : 4</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Coria, Felicisimo / (Charles Henri Dewisme), Henri Vernes</t>
+          <t>Coria, Felicisimo / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>91210</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Bob Morane : Commando Épouvante - planche : 4</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">