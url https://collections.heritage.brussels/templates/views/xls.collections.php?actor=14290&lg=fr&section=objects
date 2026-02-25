--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -271,161 +271,161 @@
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Coria, Felicisimo</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>91209</v>
+        <v>91223</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Bob Morane : Opération Wolf - planche : 4</t>
+          <t>Le Fondateur - planche : 1</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Coria, Felicisimo / (Charles Henri Dewisme), Henri Vernes</t>
+          <t>Coria, Felicisimo / De Saint-Hilaire, P.</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>91216</v>
+        <v>91224</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Vega - planche : 2</t>
+          <t>Explorations tibétaines - planche : 4</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Coria, Felicisimo / Desberg, Stephen</t>
+          <t>Coria, Felicisimo / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>91223</v>
+        <v>91209</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Le Fondateur - planche : 1</t>
+          <t>Bob Morane : Opération Wolf - planche : 4</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Coria, Felicisimo / De Saint-Hilaire, P.</t>
+          <t>Coria, Felicisimo / (Charles Henri Dewisme), Henri Vernes</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>91224</v>
+        <v>91216</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Explorations tibétaines - planche : 4</t>
+          <t>Vega - planche : 2</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Coria, Felicisimo / (Michel Deverchin), Yves Duval</t>
+          <t>Coria, Felicisimo / Desberg, Stephen</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1979 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>91210</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Bob Morane : Commando Épouvante - planche : 4</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
@@ -495,171 +495,171 @@
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Coria, Felicisimo / (Charles Henri Dewisme), Henri Vernes</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1983 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>91213</v>
+        <v>91218</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Bob Morane : Une rose pour l'ombre jaune - planche : 34</t>
+          <t>Bob Morane : La Guerre des baleines - Couverture</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Coria, Felicisimo / (Charles Henri Dewisme), Henri Vernes</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>couverture</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>91214</v>
+        <v>91219</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Bob Morane : La Guerre des baleines - planche : 17</t>
+          <t>Bob Morane : Une rose pour l'ombre jaune - Couverture</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Coria, Felicisimo / (Charles Henri Dewisme), Henri Vernes</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>couverture</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>91218</v>
+        <v>91213</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Bob Morane : La Guerre des baleines - Couverture</t>
+          <t>Bob Morane : Une rose pour l'ombre jaune - planche : 34</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Coria, Felicisimo / (Charles Henri Dewisme), Henri Vernes</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>91219</v>
+        <v>91214</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Bob Morane : Une rose pour l'ombre jaune - Couverture</t>
+          <t>Bob Morane : La Guerre des baleines - planche : 17</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Coria, Felicisimo / (Charles Henri Dewisme), Henri Vernes</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>91215</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Bob Morane : Le Dragon des fenstone - planche : 44</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Coria, Felicisimo / (Charles Henri Dewisme), Henri Vernes</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">