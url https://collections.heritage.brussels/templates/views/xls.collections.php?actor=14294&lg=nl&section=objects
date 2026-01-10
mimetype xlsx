--- v0 (2025-11-16)
+++ v1 (2026-01-10)
@@ -179,471 +179,471 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>91503</v>
+        <v>91558</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Illustration</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E2" s="2"/>
-      <c r="F2" s="2"/>
+      <c r="F2" s="2" t="inlineStr">
+        <is>
+          <t>illustration</t>
+        </is>
+      </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>91528</v>
+        <v>91561</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Il faut que ça saute ! - planche : 1</t>
+          <t>Michel Vignon - planche : 1</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>91529</v>
+        <v>91533</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Lettre ouverte à l'office de radiotélévision - planche : 1</t>
+          <t>Le Mont Saint Michel - planche : 1</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>91246</v>
+        <v>91534</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 2</t>
+          <t>Le Jamais content - planche : 1</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>91247</v>
+        <v>91660</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 3</t>
+          <t>Super gadget - planche : 1</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>91248</v>
+        <v>91541</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 4</t>
+          <t>Pense à nous, on t'aime - planche : 1</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>91249</v>
+        <v>91528</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 5</t>
+          <t>Il faut que ça saute ! - planche : 1</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>91250</v>
+        <v>91529</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 6</t>
+          <t>Lettre ouverte à l'office de radiotélévision - planche : 1</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>91251</v>
+        <v>91503</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 7</t>
+          <t>Illustration</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E10" s="2"/>
-      <c r="F10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>91245</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Le Client a toujours raison - planche : 1</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>91541</v>
+        <v>91246</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Pense à nous, on t'aime - planche : 1</t>
+          <t>Le Client a toujours raison - planche : 2</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>91558</v>
+        <v>91247</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Illustration</t>
+          <t>Le Client a toujours raison - planche : 3</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>91561</v>
+        <v>91248</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Michel Vignon - planche : 1</t>
+          <t>Le Client a toujours raison - planche : 4</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>91533</v>
+        <v>91249</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Le Mont Saint Michel - planche : 1</t>
+          <t>Le Client a toujours raison - planche : 5</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>91534</v>
+        <v>91250</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Le Jamais content - planche : 1</t>
+          <t>Le Client a toujours raison - planche : 6</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>91660</v>
+        <v>91251</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Super gadget - planche : 1</t>
+          <t>Le Client a toujours raison - planche : 7</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>91549</v>
       </c>
@@ -655,5335 +655,5335 @@
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1003 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>91299</v>
+        <v>91298</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 8</t>
+          <t>La Vie telle qu'elle est - planche : 7</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>91298</v>
+        <v>91299</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 7</t>
+          <t>La Vie telle qu'elle est - planche : 8</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>91532</v>
+        <v>91556</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Paris-Gruyère - planche : 2</t>
+          <t>Actualités : Les Amoureux des taupes - planche : 2</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>91459</v>
+        <v>91557</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les Salutations distinguées - planche : 1</t>
+          <t>Les Inconnus célèbres - planche : 1</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>91460</v>
+        <v>91559</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les Salutations distinguées - planche : 2</t>
+          <t>Actualités : De la poésie dans le poste - planche : 1</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>91467</v>
+        <v>91560</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Les Sirènes tricolores - planche : 1</t>
+          <t>Actualités : De la poésie dans le poste - planche : 2</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>91468</v>
+        <v>91562</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Les Sirènes tricolores - planche : 2</t>
+          <t>Détourneurs - planche : 1</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>91531</v>
+        <v>91563</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Paris-Gruyère - planche : 1</t>
+          <t>Actualités : Le Carnage de Carnac - planche : 1</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>91292</v>
+        <v>91564</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 1</t>
+          <t>Actualités : Engagez-vous, rengagez-vous - planche : 1</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>91293</v>
+        <v>91565</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 2</t>
+          <t>Le Calculateur prodige - planche : 1</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>91294</v>
+        <v>91566</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 3</t>
+          <t>La Voiture du pape - planche : 1</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>91295</v>
+        <v>91567</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 4</t>
+          <t>Vie de Henri Louis, architecte maudit - planche : 1</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>91296</v>
+        <v>91568</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 5</t>
+          <t>Vie de Henri Louis, architecte maudit - planche : 2</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>91297</v>
+        <v>91659</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 6</t>
+          <t>Le Chili - planche : 1</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>91540</v>
+        <v>91537</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Et maintenant il y a les Baguettes ! - planche : 2</t>
+          <t>Actualités : La crise ? connaît pas - planche : 1</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>91542</v>
+        <v>91538</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Actualités : L'Égoût de vos vacances - planche : 1</t>
+          <t>Actualités : Mais qu'est ce que c'est que l'art et l'essai ? - planche : 1</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>91543</v>
+        <v>91539</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Actualités : L'Égoût de vos vacances - planche : 2</t>
+          <t>Et maintenant il y a les Baguettes ! - planche : 1</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>91544</v>
+        <v>91540</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Actualités : La Dormeuse du val - planche : 1</t>
+          <t>Et maintenant il y a les Baguettes ! - planche : 2</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>91545</v>
+        <v>91542</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Actualités : La Dormeuse du val - planche : 2</t>
+          <t>Actualités : L'Égoût de vos vacances - planche : 1</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>91546</v>
+        <v>91543</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Villeneuve - planche : 1</t>
+          <t>Actualités : L'Égoût de vos vacances - planche : 2</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>91547</v>
+        <v>91544</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Villeneuve - planche : 2</t>
+          <t>Actualités : La Dormeuse du val - planche : 1</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>91550</v>
+        <v>91545</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Les Nouveaux militaires - planche : 1</t>
+          <t>Actualités : La Dormeuse du val - planche : 2</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>91551</v>
+        <v>91546</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Les Nouveaux militaires - planche : 2</t>
+          <t>Villeneuve - planche : 1</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>91554</v>
+        <v>91547</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Actualités : La vie de Menie - planche : 1</t>
+          <t>Villeneuve - planche : 2</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>91555</v>
+        <v>91550</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Les Amoureux des taupes - planche : 1</t>
+          <t>Actualités : Les Nouveaux militaires - planche : 1</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>91556</v>
+        <v>91551</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Les Amoureux des taupes - planche : 2</t>
+          <t>Actualités : Les Nouveaux militaires - planche : 2</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>91557</v>
+        <v>91554</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Les Inconnus célèbres - planche : 1</t>
+          <t>Actualités : La vie de Menie - planche : 1</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>91559</v>
+        <v>91555</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Actualités : De la poésie dans le poste - planche : 1</t>
+          <t>Actualités : Les Amoureux des taupes - planche : 1</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>91560</v>
+        <v>91531</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Actualités : De la poésie dans le poste - planche : 2</t>
+          <t>Actualités : Paris-Gruyère - planche : 1</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>91562</v>
+        <v>91532</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Détourneurs - planche : 1</t>
+          <t>Actualités : Paris-Gruyère - planche : 2</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>91563</v>
+        <v>91459</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Le Carnage de Carnac - planche : 1</t>
+          <t>Les Salutations distinguées - planche : 1</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>91564</v>
+        <v>91460</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Engagez-vous, rengagez-vous - planche : 1</t>
+          <t>Les Salutations distinguées - planche : 2</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>91565</v>
+        <v>91467</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Le Calculateur prodige - planche : 1</t>
+          <t>Les Sirènes tricolores - planche : 1</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>91566</v>
+        <v>91468</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>La Voiture du pape - planche : 1</t>
+          <t>Les Sirènes tricolores - planche : 2</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>91567</v>
+        <v>91296</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Vie de Henri Louis, architecte maudit - planche : 1</t>
+          <t>La Vie telle qu'elle est - planche : 5</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>91568</v>
+        <v>91297</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Vie de Henri Louis, architecte maudit - planche : 2</t>
+          <t>La Vie telle qu'elle est - planche : 6</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>91659</v>
+        <v>91292</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Le Chili - planche : 1</t>
+          <t>La Vie telle qu'elle est - planche : 1</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>91537</v>
+        <v>91293</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Actualités : La crise ? connaît pas - planche : 1</t>
+          <t>La Vie telle qu'elle est - planche : 2</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>91538</v>
+        <v>91294</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Mais qu'est ce que c'est que l'art et l'essai ? - planche : 1</t>
+          <t>La Vie telle qu'elle est - planche : 3</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>91539</v>
+        <v>91295</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Et maintenant il y a les Baguettes ! - planche : 1</t>
+          <t>La Vie telle qu'elle est - planche : 4</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>91336</v>
+        <v>91353</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Une prison, de plus en plus ! - planche : 5</t>
+          <t>Le Drapeau noir flotte…N'importe où - planche : 1</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>91353</v>
+        <v>91441</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Le Drapeau noir flotte…N'importe où - planche : 1</t>
+          <t>Le Drapeau noir flotte…N'importe où - planche : 2</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>91441</v>
+        <v>91332</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Le Drapeau noir flotte…N'importe où - planche : 2</t>
+          <t>Une prison, de plus en plus ! - planche : 1</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>91332</v>
+        <v>91333</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Une prison, de plus en plus ! - planche : 1</t>
+          <t>Une prison, de plus en plus ! - planche : 2</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>91333</v>
+        <v>91334</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Une prison, de plus en plus ! - planche : 2</t>
+          <t>Une prison, de plus en plus ! - planche : 3</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>91334</v>
+        <v>91335</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Une prison, de plus en plus ! - planche : 3</t>
+          <t>Une prison, de plus en plus ! - planche : 4</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>91335</v>
+        <v>91336</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Une prison, de plus en plus ! - planche : 4</t>
+          <t>Une prison, de plus en plus ! - planche : 5</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>91497</v>
+        <v>91658</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Un œuf - planche : 1</t>
+          <t>Bonne année - planche : 1</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>91498</v>
+        <v>91535</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Le Bing de demain - planche : 1</t>
+          <t>Actualités : Les Drogués sont de grands enfants - planche : 1</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>91499</v>
+        <v>91536</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Notes sur la consommation - planche : 1</t>
+          <t>Actualités : Les Drogués sont de grands enfants - planche : 2</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>91500</v>
+        <v>91548</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Hémoglobine - planche : 1</t>
+          <t>Actualités : Une idée à saisir - planche : 1</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>91501</v>
+        <v>91552</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Pilote Hebdo n.603 - Couverture</t>
+          <t>Actualités : A l'Ouest, du nouveau - planche : 1</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>91502</v>
+        <v>91553</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>J'ai peur - planche : 1</t>
+          <t>Actualités : A l'Ouest, du nouveau - planche : 2</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>91465</v>
+        <v>91471</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Une usine à vin - planche : 1</t>
+          <t>Idées à vendre (cher) - planche : 1</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>91466</v>
+        <v>91472</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Une usine à vin - planche : 2</t>
+          <t>Idées à vendre (cher) - planche : 2</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>91469</v>
+        <v>91475</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Le Salon de la mie de pain - planche : 1</t>
+          <t>Encore un petit paquet d'idées - planche : 1</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>91470</v>
+        <v>91476</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Le Salon de la mie de pain - planche : 2</t>
+          <t>Encore un petit paquet d'idées - planche : 2</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>91471</v>
+        <v>91477</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Idées à vendre (cher) - planche : 1</t>
+          <t>Problème d'environnement - planche : 1</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>91472</v>
+        <v>91478</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Idées à vendre (cher) - planche : 2</t>
+          <t>Problème d'environnement - planche : 2</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>91475</v>
+        <v>91479</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Encore un petit paquet d'idées - planche : 1</t>
+          <t>Enrichissez-vous - planche : 1</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>91476</v>
+        <v>91480</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Encore un petit paquet d'idées - planche : 2</t>
+          <t>Enrichissez-vous - planche : 2</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>91477</v>
+        <v>91481</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Problème d'environnement - planche : 1</t>
+          <t>Enrichissez-vous - planche : 3</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>91478</v>
+        <v>91482</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Problème d'environnement - planche : 2</t>
+          <t>Tulle, Tulle, Tulle - planche : 1</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>91479</v>
+        <v>91483</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Enrichissez-vous - planche : 1</t>
+          <t>Tulle, Tulle, Tulle - planche : 2</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>91480</v>
+        <v>91484</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Enrichissez-vous - planche : 2</t>
+          <t>Le Regard triste du moustique - planche : 1</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>91481</v>
+        <v>91485</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Enrichissez-vous - planche : 3</t>
+          <t>Le Regard triste du moustique - planche : 2</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>91482</v>
+        <v>91530</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Tulle, Tulle, Tulle - planche : 1</t>
+          <t>Le Mariage des prêtres - planche : 1</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>91483</v>
+        <v>91495</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Tulle, Tulle, Tulle - planche : 2</t>
+          <t>Bande annonce - planche : 1</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>91484</v>
+        <v>91497</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Le Regard triste du moustique - planche : 1</t>
+          <t>Un œuf - planche : 1</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>91485</v>
+        <v>91498</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Le Regard triste du moustique - planche : 2</t>
+          <t>Le Bing de demain - planche : 1</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>91530</v>
+        <v>91499</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Le Mariage des prêtres - planche : 1</t>
+          <t>Notes sur la consommation - planche : 1</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>91495</v>
+        <v>91500</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Bande annonce - planche : 1</t>
+          <t>Monsieur Hémoglobine - planche : 1</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>91227</v>
+        <v>91501</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Comment va le yen ? Il flottait… - planche : 1</t>
+          <t>Pilote Hebdo n.603 - Couverture</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>couverture</t>
         </is>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>91228</v>
+        <v>91502</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Comment va le yen ? Il flottait… - planche : 2</t>
+          <t>J'ai peur - planche : 1</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>91229</v>
+        <v>91465</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Comment va le yen ? Il flottait… - planche : 3</t>
+          <t>Une usine à vin - planche : 1</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>91230</v>
+        <v>91466</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Comment va le yen ? Il flottait… - planche : 4</t>
+          <t>Une usine à vin - planche : 2</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>91231</v>
+        <v>91469</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Comment va le yen ? Il flottait… - planche : 5</t>
+          <t>Le Salon de la mie de pain - planche : 1</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>91232</v>
+        <v>91470</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Comment va le yen ? Il flottait… - planche : 6</t>
+          <t>Le Salon de la mie de pain - planche : 2</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>91548</v>
+        <v>91227</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Une idée à saisir - planche : 1</t>
+          <t>Comment va le yen ? Il flottait… - planche : 1</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>91552</v>
+        <v>91228</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Actualités : A l'Ouest, du nouveau - planche : 1</t>
+          <t>Comment va le yen ? Il flottait… - planche : 2</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>91553</v>
+        <v>91229</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Actualités : A l'Ouest, du nouveau - planche : 2</t>
+          <t>Comment va le yen ? Il flottait… - planche : 3</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>91658</v>
+        <v>91230</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Bonne année - planche : 1</t>
+          <t>Comment va le yen ? Il flottait… - planche : 4</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>91535</v>
+        <v>91231</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Les Drogués sont de grands enfants - planche : 1</t>
+          <t>Comment va le yen ? Il flottait… - planche : 5</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>91536</v>
+        <v>91232</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Les Drogués sont de grands enfants - planche : 2</t>
+          <t>Comment va le yen ? Il flottait… - planche : 6</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>91300</v>
+        <v>91304</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Chacun son truc - planche : 1</t>
+          <t>Chacun son truc - planche : 5</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>91301</v>
+        <v>91305</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Chacun son truc - planche : 2</t>
+          <t>Chacun son truc - planche : 6</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>91302</v>
+        <v>91306</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Chacun son truc - planche : 3</t>
+          <t>La Longue nuit de Korneblu - planche : 1</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>91303</v>
+        <v>91307</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Chacun son truc - planche : 4</t>
+          <t>La Longue nuit de Korneblu - planche : 2</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>91304</v>
+        <v>91308</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Chacun son truc - planche : 5</t>
+          <t>La Longue nuit de Korneblu - planche : 3</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>91305</v>
+        <v>91309</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Chacun son truc - planche : 6</t>
+          <t>La Longue nuit de Korneblu - planche : 4</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>91306</v>
+        <v>91310</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 1</t>
+          <t>La Longue nuit de Korneblu - planche : 5</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>91307</v>
+        <v>91311</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 2</t>
+          <t>La Longue nuit de Korneblu - planche : 6</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>91308</v>
+        <v>91351</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 3</t>
+          <t>Tous des moutons - planche : 1</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>91309</v>
+        <v>91312</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 4</t>
+          <t>La Longue nuit de Korneblu - planche : 7</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>91310</v>
+        <v>91352</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 5</t>
+          <t>Tous des moutons - planche : 2</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>91311</v>
+        <v>91313</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 6</t>
+          <t>La Longue nuit de Korneblu - planche : 8</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>91351</v>
+        <v>91314</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Tous des moutons - planche : 1</t>
+          <t>La Longue nuit de Korneblu - planche : 9</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>91312</v>
+        <v>91315</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 7</t>
+          <t>La Longue nuit de Korneblu - planche : 10</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>91352</v>
+        <v>91442</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Tous des moutons - planche : 2</t>
+          <t>Les Pêcheurs d'autoroute - planche : 1</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>91313</v>
+        <v>91316</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 8</t>
+          <t>La Longue nuit de Korneblu - planche : 11</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>91314</v>
+        <v>91443</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 9</t>
+          <t>Les Pêcheurs d'autoroute - planche : 2</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>91315</v>
+        <v>91317</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 10</t>
+          <t>La Longue nuit de Korneblu - planche : 12</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>91442</v>
+        <v>91444</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Les Pêcheurs d'autoroute - planche : 1</t>
+          <t>Comment humilier le consommateur - planche : 1</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>91316</v>
+        <v>91318</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 11</t>
+          <t>La Longue nuit de Korneblu - planche : 13</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>91443</v>
+        <v>91445</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Les Pêcheurs d'autoroute - planche : 2</t>
+          <t>Comment humilier le consommateur - planche : 2</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>91317</v>
+        <v>91319</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 12</t>
+          <t>La Longue nuit de Korneblu - planche : 14</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>91444</v>
+        <v>91320</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Comment humilier le consommateur - planche : 1</t>
+          <t>La Longue nuit de Korneblu - planche : 15</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>91318</v>
+        <v>91321</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 13</t>
+          <t>La Longue nuit de Korneblu - planche : 16</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>91445</v>
+        <v>91322</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Comment humilier le consommateur - planche : 2</t>
+          <t>La Longue nuit de Korneblu - planche : 17</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>91319</v>
+        <v>91323</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 14</t>
+          <t>La Longue nuit de Korneblu - planche : 18</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>91320</v>
+        <v>91450</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 15</t>
+          <t>Les Professionnels de la confidence - planche : 1</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>91321</v>
+        <v>91324</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 16</t>
+          <t>La Longue nuit de Korneblu - planche : 19</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>91322</v>
+        <v>91451</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 17</t>
+          <t>Les Professionnels de la confidence - planche : 2</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>91323</v>
+        <v>91325</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 18</t>
+          <t>La Longue nuit de Korneblu - planche : 20</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>91450</v>
+        <v>91326</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Les Professionnels de la confidence - planche : 1</t>
+          <t>La Longue nuit de Korneblu - planche : 21</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>91324</v>
+        <v>91327</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 19</t>
+          <t>La Longue nuit de Korneblu - planche : 22</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>91451</v>
+        <v>91454</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Les Professionnels de la confidence - planche : 2</t>
+          <t>Petit guide utile du cinéma amateur - planche : 1</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>91325</v>
+        <v>91328</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 20</t>
+          <t>La Longue nuit de Korneblu - planche : 23</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>91326</v>
+        <v>91455</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 21</t>
+          <t>Petit guide utile du cinéma amateur - planche : 2</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>91327</v>
+        <v>91329</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 22</t>
+          <t>La Longue nuit de Korneblu - planche : 24</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>91454</v>
+        <v>91456</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Petit guide utile du cinéma amateur - planche : 1</t>
+          <t>Petit guide utile du cinéma amateur - planche : 3</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>91328</v>
+        <v>91330</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 23</t>
+          <t>La Longue nuit de Korneblu - planche : 25</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>91455</v>
+        <v>91331</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Petit guide utile du cinéma amateur - planche : 2</t>
+          <t>La Longue nuit de Korneblu - planche : 26</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>91329</v>
+        <v>91300</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 24</t>
+          <t>Chacun son truc - planche : 1</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>91456</v>
+        <v>91301</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Petit guide utile du cinéma amateur - planche : 3</t>
+          <t>Chacun son truc - planche : 2</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>91330</v>
+        <v>91302</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 25</t>
+          <t>Chacun son truc - planche : 3</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>91331</v>
+        <v>91303</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 26</t>
+          <t>Chacun son truc - planche : 4</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>91496</v>
+        <v>91657</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Vive le fric ! - planche : 1</t>
+          <t>Si vous n'aimez pas - planche : 1</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>91461</v>
+        <v>91661</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Drogués à manger du foin - planche : 1</t>
+          <t>Triste nouvelle - planche : 1</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>91462</v>
+        <v>91508</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Drogués à manger du foin - planche : 2</t>
+          <t>Un mouchardeur vous parle - planche : 1</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>91504</v>
+        <v>91509</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Générique - planche : 1</t>
+          <t>Pilote Hebdo n.654- Couverture</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>couverture</t>
         </is>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>91505</v>
+        <v>91510</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Vulgaire sommaire - planche : 1</t>
+          <t>Le Tube de l'hiver - planche : 1</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>91506</v>
+        <v>91473</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Menu fléché - planche : 1</t>
+          <t>Alexandre, coiffeur gai - planche : 1</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>91507</v>
+        <v>91474</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Cette page est un jeu - planche : 1</t>
+          <t>Alexandre, coiffeur gai - planche : 2</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>91508</v>
+        <v>91512</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Un mouchardeur vous parle - planche : 1</t>
+          <t>L'Almanach idéal - planche : 1</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>91509</v>
+        <v>91513</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Pilote Hebdo n.654- Couverture</t>
+          <t>L'Almanach idéal - planche : 2</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>91510</v>
+        <v>91514</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Le Tube de l'hiver - planche : 1</t>
+          <t>L'Almanach idéal - planche : 3</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>91473</v>
+        <v>91515</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Alexandre, coiffeur gai - planche : 1</t>
+          <t>L'Almanach idéal - planche : 4</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>91474</v>
+        <v>91516</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Alexandre, coiffeur gai - planche : 2</t>
+          <t>L'Almanach idéal - planche : 5</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>91512</v>
+        <v>91517</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 1</t>
+          <t>L'Almanach idéal - planche : 6</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>91513</v>
+        <v>91518</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 2</t>
+          <t>L'Almanach idéal - planche : 7</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>91514</v>
+        <v>91519</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 3</t>
+          <t>France Musique - planche : 1</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>91515</v>
+        <v>91487</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 4</t>
+          <t>Reconnaissez-les - planche : 1</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>91516</v>
+        <v>91488</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 5</t>
+          <t>2 faits précis - planche : 1</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>91517</v>
+        <v>91526</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 6</t>
+          <t>Matraquage et publicitage - planche : 1</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>91518</v>
+        <v>91493</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 7</t>
+          <t>Ayons une pensée émue pour cet homme ! - planche : 1</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>91519</v>
+        <v>91496</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>France Musique - planche : 1</t>
+          <t>Vive le fric ! - planche : 1</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>91487</v>
+        <v>91461</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Reconnaissez-les - planche : 1</t>
+          <t>Drogués à manger du foin - planche : 1</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>91488</v>
+        <v>91462</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>2 faits précis - planche : 1</t>
+          <t>Drogués à manger du foin - planche : 2</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>91526</v>
+        <v>91504</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Matraquage et publicitage - planche : 1</t>
+          <t>Générique - planche : 1</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>91493</v>
+        <v>91505</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Ayons une pensée émue pour cet homme ! - planche : 1</t>
+          <t>Vulgaire sommaire - planche : 1</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>91657</v>
+        <v>91506</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Si vous n'aimez pas - planche : 1</t>
+          <t>Menu fléché - planche : 1</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>91661</v>
+        <v>91507</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Triste nouvelle - planche : 1</t>
+          <t>Cette page est un jeu - planche : 1</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>91338</v>
+        <v>91345</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>12 proverbes, expressions populaires et lieux communs au banc d'essai - planche : 1</t>
+          <t>Sa vie de famille - planche : 1</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>91339</v>
+        <v>91346</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>12 proverbes, expressions populaires et lieux communs au banc d'essai - planche : 2</t>
+          <t>Sa vie de famille - planche : 2</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>91340</v>
+        <v>91446</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>12 proverbes, expressions populaires et lieux communs au banc d'essai - planche : 3</t>
+          <t>Ça, c'est le vote ! - planche : 1</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>91345</v>
+        <v>91447</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Sa vie de famille - planche : 1</t>
+          <t>Ça, c'est le vote ! - planche : 2</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>91346</v>
+        <v>91448</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Sa vie de famille - planche : 2</t>
+          <t>Une histoire vraie pour petits et grands - planche : 1</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>91446</v>
+        <v>91449</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Ça, c'est le vote ! - planche : 1</t>
+          <t>Une histoire vraie pour petits et grands - planche : 2</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>91447</v>
+        <v>91452</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Ça, c'est le vote ! - planche : 2</t>
+          <t>4 affiches imaginaires - planche : 1</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>91448</v>
+        <v>91453</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Une histoire vraie pour petits et grands - planche : 1</t>
+          <t>4 affiches imaginaires - planche : 2</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>91449</v>
+        <v>91457</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Une histoire vraie pour petits et grands - planche : 2</t>
+          <t>Pourquoi je ne ris plus - planche : 1</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>91452</v>
+        <v>91458</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>4 affiches imaginaires - planche : 1</t>
+          <t>Pourquoi je ne ris plus - planche : 2</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>91453</v>
+        <v>91338</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>4 affiches imaginaires - planche : 2</t>
+          <t>12 proverbes, expressions populaires et lieux communs au banc d'essai - planche : 1</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>91457</v>
+        <v>91339</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Pourquoi je ne ris plus - planche : 1</t>
+          <t>12 proverbes, expressions populaires et lieux communs au banc d'essai - planche : 2</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>91458</v>
+        <v>91340</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Pourquoi je ne ris plus - planche : 2</t>
+          <t>12 proverbes, expressions populaires et lieux communs au banc d'essai - planche : 3</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2"/>
     </row>
@@ -6319,919 +6319,919 @@
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>91282</v>
+        <v>91259</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 8</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 8</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>91283</v>
+        <v>91260</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 9</t>
+          <t>L'Hypnotiseur du showbusiness - planche : 1</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>91252</v>
+        <v>91261</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 1</t>
+          <t>L'Hypnotiseur du showbusiness - planche : 2</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>91253</v>
+        <v>91262</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 2</t>
+          <t>L'Hypnotiseur du showbusiness - planche : 3</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>91254</v>
+        <v>91263</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 3</t>
+          <t>L'Hypnotiseur du showbusiness - planche : 4</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>91255</v>
+        <v>91264</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 4</t>
+          <t>L'Hypnotiseur du showbusiness - planche : 5</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>91256</v>
+        <v>91265</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 5</t>
+          <t>L'Hypnotiseur du showbusiness - planche : 6</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>91257</v>
+        <v>91270</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 6</t>
+          <t>La Guerre du café - planche : 1</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>91258</v>
+        <v>91271</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 7</t>
+          <t>La Guerre du café - planche : 2</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>91259</v>
+        <v>91272</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 8</t>
+          <t>La Guerre du café - planche : 3</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>91260</v>
+        <v>91273</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>L'Hypnotiseur du showbusiness - planche : 1</t>
+          <t>La Guerre du café - planche : 4</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>91261</v>
+        <v>91274</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>L'Hypnotiseur du showbusiness - planche : 2</t>
+          <t>La Guerre du café - planche : 5</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>91262</v>
+        <v>91275</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>L'Hypnotiseur du showbusiness - planche : 3</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 1</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>91263</v>
+        <v>91276</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>L'Hypnotiseur du showbusiness - planche : 4</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 2</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>91264</v>
+        <v>91277</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>L'Hypnotiseur du showbusiness - planche : 5</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 3</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>91265</v>
+        <v>91278</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>L'Hypnotiseur du showbusiness - planche : 6</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 4</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>91270</v>
+        <v>91279</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>La Guerre du café - planche : 1</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 5</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>91271</v>
+        <v>91280</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>La Guerre du café - planche : 2</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 6</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>91272</v>
+        <v>91281</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>La Guerre du café - planche : 3</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 7</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>91273</v>
+        <v>91282</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>La Guerre du café - planche : 4</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 8</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>91274</v>
+        <v>91283</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>La Guerre du café - planche : 5</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 9</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>91275</v>
+        <v>91252</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 1</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 1</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>91276</v>
+        <v>91253</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 2</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 2</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>91277</v>
+        <v>91254</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 3</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 3</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>91278</v>
+        <v>91255</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 4</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 4</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>91279</v>
+        <v>91256</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 5</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 5</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>91280</v>
+        <v>91257</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 6</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 6</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>91281</v>
+        <v>91258</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 7</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 7</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2"/>
     </row>
@@ -7471,791 +7471,791 @@
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>91284</v>
+        <v>91266</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 1</t>
+          <t>La Vengeance du représentant en distordeurs de champ - planche : 1</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>91285</v>
+        <v>91267</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 2</t>
+          <t>La Vengeance du représentant en distordeurs de champ - planche : 2</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>91286</v>
+        <v>91268</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 3</t>
+          <t>La Vengeance du représentant en distordeurs de champ - planche : 3</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>91287</v>
+        <v>91269</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 4</t>
+          <t>La Vengeance du représentant en distordeurs de champ - planche : 4</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>91288</v>
+        <v>91233</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 5</t>
+          <t>Mr Le censeur aux champs - planche : 1</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>91289</v>
+        <v>91234</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 6</t>
+          <t>Mr Le censeur aux champs - planche : 2</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>91290</v>
+        <v>91235</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 7</t>
+          <t>Mr Le censeur aux champs - planche : 3</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>91291</v>
+        <v>91236</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 8</t>
+          <t>Mr Le censeur aux champs - planche : 4</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>91266</v>
+        <v>91237</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>La Vengeance du représentant en distordeurs de champ - planche : 1</t>
+          <t>Mr Le censeur aux champs - planche : 5</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>91267</v>
+        <v>91238</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>La Vengeance du représentant en distordeurs de champ - planche : 2</t>
+          <t>Mr Le censeur aux champs - planche : 6</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>91268</v>
+        <v>91239</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>La Vengeance du représentant en distordeurs de champ - planche : 3</t>
+          <t>Mr Le censeur aux champs - planche : 7</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>91269</v>
+        <v>91240</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>La Vengeance du représentant en distordeurs de champ - planche : 4</t>
+          <t>Mr Le censeur aux champs - planche : 8</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>91233</v>
+        <v>91241</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 1</t>
+          <t>Mr Le censeur aux champs - planche : 9</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>91234</v>
+        <v>91242</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 2</t>
+          <t>Mr Le censeur aux champs - planche : 10</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>91235</v>
+        <v>91243</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 3</t>
+          <t>Mr Le censeur aux champs - planche : 11</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>91236</v>
+        <v>91244</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 4</t>
+          <t>Mr Le censeur aux champs - planche : 12</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>91237</v>
+        <v>91284</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 5</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 1</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>91238</v>
+        <v>91285</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 6</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 2</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>91239</v>
+        <v>91286</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 7</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 3</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>91240</v>
+        <v>91287</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 8</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 4</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>91241</v>
+        <v>91288</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 9</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 5</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>91242</v>
+        <v>91289</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 10</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 6</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>91243</v>
+        <v>91290</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 11</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 7</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>91244</v>
+        <v>91291</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 12</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 8</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2"/>
     </row>