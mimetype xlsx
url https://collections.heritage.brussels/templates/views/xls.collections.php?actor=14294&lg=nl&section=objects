--- v1 (2026-01-10)
+++ v2 (2026-02-24)
@@ -179,471 +179,471 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>91558</v>
+        <v>91245</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Illustration</t>
+          <t>Le Client a toujours raison - planche : 1</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>91561</v>
+        <v>91246</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Michel Vignon - planche : 1</t>
+          <t>Le Client a toujours raison - planche : 2</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>91533</v>
+        <v>91247</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Le Mont Saint Michel - planche : 1</t>
+          <t>Le Client a toujours raison - planche : 3</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>91534</v>
+        <v>91248</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le Jamais content - planche : 1</t>
+          <t>Le Client a toujours raison - planche : 4</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>91660</v>
+        <v>91249</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Super gadget - planche : 1</t>
+          <t>Le Client a toujours raison - planche : 5</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>91541</v>
+        <v>91250</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Pense à nous, on t'aime - planche : 1</t>
+          <t>Le Client a toujours raison - planche : 6</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>91528</v>
+        <v>91251</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Il faut que ça saute ! - planche : 1</t>
+          <t>Le Client a toujours raison - planche : 7</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>91529</v>
+        <v>91528</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Lettre ouverte à l'office de radiotélévision - planche : 1</t>
+          <t>Il faut que ça saute ! - planche : 1</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>91503</v>
+        <v>91529</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Illustration</t>
+          <t>Lettre ouverte à l'office de radiotélévision - planche : 1</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E10" s="2"/>
-      <c r="F10" s="2"/>
+      <c r="F10" s="2" t="inlineStr">
+        <is>
+          <t>planche originale</t>
+        </is>
+      </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>91245</v>
+        <v>91503</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 1</t>
+          <t>Illustration</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E11" s="2"/>
-      <c r="F11" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>91246</v>
+        <v>91541</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 2</t>
+          <t>Pense à nous, on t'aime - planche : 1</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>91247</v>
+        <v>91558</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 3</t>
+          <t>Illustration</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>91248</v>
+        <v>91561</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 4</t>
+          <t>Michel Vignon - planche : 1</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>91249</v>
+        <v>91533</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 5</t>
+          <t>Le Mont Saint Michel - planche : 1</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>91250</v>
+        <v>91534</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 6</t>
+          <t>Le Jamais content - planche : 1</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>91251</v>
+        <v>91660</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Le Client a toujours raison - planche : 7</t>
+          <t>Super gadget - planche : 1</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>91549</v>
       </c>
@@ -655,7607 +655,7607 @@
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1003 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>91298</v>
+        <v>91292</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 7</t>
+          <t>La Vie telle qu'elle est - planche : 1</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>91299</v>
+        <v>91293</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 8</t>
+          <t>La Vie telle qu'elle est - planche : 2</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>91556</v>
+        <v>91294</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Les Amoureux des taupes - planche : 2</t>
+          <t>La Vie telle qu'elle est - planche : 3</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>91557</v>
+        <v>91295</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les Inconnus célèbres - planche : 1</t>
+          <t>La Vie telle qu'elle est - planche : 4</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>91559</v>
+        <v>91296</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Actualités : De la poésie dans le poste - planche : 1</t>
+          <t>La Vie telle qu'elle est - planche : 5</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>91560</v>
+        <v>91297</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Actualités : De la poésie dans le poste - planche : 2</t>
+          <t>La Vie telle qu'elle est - planche : 6</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>91562</v>
+        <v>91298</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Détourneurs - planche : 1</t>
+          <t>La Vie telle qu'elle est - planche : 7</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>91563</v>
+        <v>91299</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Le Carnage de Carnac - planche : 1</t>
+          <t>La Vie telle qu'elle est - planche : 8</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>91564</v>
+        <v>91531</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Engagez-vous, rengagez-vous - planche : 1</t>
+          <t>Actualités : Paris-Gruyère - planche : 1</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>91565</v>
+        <v>91532</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Le Calculateur prodige - planche : 1</t>
+          <t>Actualités : Paris-Gruyère - planche : 2</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>91566</v>
+        <v>91459</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>La Voiture du pape - planche : 1</t>
+          <t>Les Salutations distinguées - planche : 1</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>91567</v>
+        <v>91460</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Vie de Henri Louis, architecte maudit - planche : 1</t>
+          <t>Les Salutations distinguées - planche : 2</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>91568</v>
+        <v>91467</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Vie de Henri Louis, architecte maudit - planche : 2</t>
+          <t>Les Sirènes tricolores - planche : 1</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>91659</v>
+        <v>91468</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Le Chili - planche : 1</t>
+          <t>Les Sirènes tricolores - planche : 2</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>91537</v>
+        <v>91542</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Actualités : La crise ? connaît pas - planche : 1</t>
+          <t>Actualités : L'Égoût de vos vacances - planche : 1</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>91538</v>
+        <v>91543</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Mais qu'est ce que c'est que l'art et l'essai ? - planche : 1</t>
+          <t>Actualités : L'Égoût de vos vacances - planche : 2</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>91539</v>
+        <v>91544</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Et maintenant il y a les Baguettes ! - planche : 1</t>
+          <t>Actualités : La Dormeuse du val - planche : 1</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>91540</v>
+        <v>91545</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Et maintenant il y a les Baguettes ! - planche : 2</t>
+          <t>Actualités : La Dormeuse du val - planche : 2</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>91542</v>
+        <v>91546</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Actualités : L'Égoût de vos vacances - planche : 1</t>
+          <t>Villeneuve - planche : 1</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>91543</v>
+        <v>91547</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Actualités : L'Égoût de vos vacances - planche : 2</t>
+          <t>Villeneuve - planche : 2</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>91544</v>
+        <v>91550</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Actualités : La Dormeuse du val - planche : 1</t>
+          <t>Actualités : Les Nouveaux militaires - planche : 1</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>91545</v>
+        <v>91551</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Actualités : La Dormeuse du val - planche : 2</t>
+          <t>Actualités : Les Nouveaux militaires - planche : 2</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>91546</v>
+        <v>91554</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Villeneuve - planche : 1</t>
+          <t>Actualités : La vie de Menie - planche : 1</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>91547</v>
+        <v>91555</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Villeneuve - planche : 2</t>
+          <t>Actualités : Les Amoureux des taupes - planche : 1</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>91550</v>
+        <v>91556</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Les Nouveaux militaires - planche : 1</t>
+          <t>Actualités : Les Amoureux des taupes - planche : 2</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>91551</v>
+        <v>91557</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Les Nouveaux militaires - planche : 2</t>
+          <t>Les Inconnus célèbres - planche : 1</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>91554</v>
+        <v>91559</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Actualités : La vie de Menie - planche : 1</t>
+          <t>Actualités : De la poésie dans le poste - planche : 1</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>91555</v>
+        <v>91560</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Les Amoureux des taupes - planche : 1</t>
+          <t>Actualités : De la poésie dans le poste - planche : 2</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>91531</v>
+        <v>91562</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Paris-Gruyère - planche : 1</t>
+          <t>Détourneurs - planche : 1</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>91532</v>
+        <v>91563</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Paris-Gruyère - planche : 2</t>
+          <t>Actualités : Le Carnage de Carnac - planche : 1</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>91459</v>
+        <v>91564</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Les Salutations distinguées - planche : 1</t>
+          <t>Actualités : Engagez-vous, rengagez-vous - planche : 1</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>91460</v>
+        <v>91565</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Les Salutations distinguées - planche : 2</t>
+          <t>Le Calculateur prodige - planche : 1</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>91467</v>
+        <v>91566</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Les Sirènes tricolores - planche : 1</t>
+          <t>La Voiture du pape - planche : 1</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>91468</v>
+        <v>91567</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Les Sirènes tricolores - planche : 2</t>
+          <t>Vie de Henri Louis, architecte maudit - planche : 1</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>91296</v>
+        <v>91568</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 5</t>
+          <t>Vie de Henri Louis, architecte maudit - planche : 2</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>91297</v>
+        <v>91659</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 6</t>
+          <t>Le Chili - planche : 1</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>91292</v>
+        <v>91537</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 1</t>
+          <t>Actualités : La crise ? connaît pas - planche : 1</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>91293</v>
+        <v>91538</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 2</t>
+          <t>Actualités : Mais qu'est ce que c'est que l'art et l'essai ? - planche : 1</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>91294</v>
+        <v>91539</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 3</t>
+          <t>Et maintenant il y a les Baguettes ! - planche : 1</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>91295</v>
+        <v>91540</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>La Vie telle qu'elle est - planche : 4</t>
+          <t>Et maintenant il y a les Baguettes ! - planche : 2</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>91353</v>
+        <v>91227</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Le Drapeau noir flotte…N'importe où - planche : 1</t>
+          <t>Comment va le yen ? Il flottait… - planche : 1</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>91441</v>
+        <v>91228</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Le Drapeau noir flotte…N'importe où - planche : 2</t>
+          <t>Comment va le yen ? Il flottait… - planche : 2</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>91332</v>
+        <v>91229</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Une prison, de plus en plus ! - planche : 1</t>
+          <t>Comment va le yen ? Il flottait… - planche : 3</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>91333</v>
+        <v>91230</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Une prison, de plus en plus ! - planche : 2</t>
+          <t>Comment va le yen ? Il flottait… - planche : 4</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>91334</v>
+        <v>91231</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Une prison, de plus en plus ! - planche : 3</t>
+          <t>Comment va le yen ? Il flottait… - planche : 5</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>91335</v>
+        <v>91232</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Une prison, de plus en plus ! - planche : 4</t>
+          <t>Comment va le yen ? Il flottait… - planche : 6</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>91336</v>
+        <v>91332</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Une prison, de plus en plus ! - planche : 5</t>
+          <t>Une prison, de plus en plus ! - planche : 1</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>91658</v>
+        <v>91333</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Bonne année - planche : 1</t>
+          <t>Une prison, de plus en plus ! - planche : 2</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>91535</v>
+        <v>91334</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Les Drogués sont de grands enfants - planche : 1</t>
+          <t>Une prison, de plus en plus ! - planche : 3</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>91536</v>
+        <v>91335</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Les Drogués sont de grands enfants - planche : 2</t>
+          <t>Une prison, de plus en plus ! - planche : 4</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>91548</v>
+        <v>91336</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Actualités : Une idée à saisir - planche : 1</t>
+          <t>Une prison, de plus en plus ! - planche : 5</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>91552</v>
+        <v>91353</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Actualités : A l'Ouest, du nouveau - planche : 1</t>
+          <t>Le Drapeau noir flotte…N'importe où - planche : 1</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>91553</v>
+        <v>91441</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Actualités : A l'Ouest, du nouveau - planche : 2</t>
+          <t>Le Drapeau noir flotte…N'importe où - planche : 2</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>91471</v>
+        <v>91530</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Idées à vendre (cher) - planche : 1</t>
+          <t>Le Mariage des prêtres - planche : 1</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>91472</v>
+        <v>91495</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Idées à vendre (cher) - planche : 2</t>
+          <t>Bande annonce - planche : 1</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>91475</v>
+        <v>91497</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Encore un petit paquet d'idées - planche : 1</t>
+          <t>Un œuf - planche : 1</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>91476</v>
+        <v>91498</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Encore un petit paquet d'idées - planche : 2</t>
+          <t>Le Bing de demain - planche : 1</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>91477</v>
+        <v>91499</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Problème d'environnement - planche : 1</t>
+          <t>Notes sur la consommation - planche : 1</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>91478</v>
+        <v>91500</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Problème d'environnement - planche : 2</t>
+          <t>Monsieur Hémoglobine - planche : 1</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>91479</v>
+        <v>91501</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Enrichissez-vous - planche : 1</t>
+          <t>Pilote Hebdo n.603 - Couverture</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>couverture</t>
         </is>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>91480</v>
+        <v>91502</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Enrichissez-vous - planche : 2</t>
+          <t>J'ai peur - planche : 1</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>91481</v>
+        <v>91465</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Enrichissez-vous - planche : 3</t>
+          <t>Une usine à vin - planche : 1</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>91482</v>
+        <v>91466</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Tulle, Tulle, Tulle - planche : 1</t>
+          <t>Une usine à vin - planche : 2</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>91483</v>
+        <v>91469</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Tulle, Tulle, Tulle - planche : 2</t>
+          <t>Le Salon de la mie de pain - planche : 1</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>91484</v>
+        <v>91470</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Le Regard triste du moustique - planche : 1</t>
+          <t>Le Salon de la mie de pain - planche : 2</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>91485</v>
+        <v>91471</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Le Regard triste du moustique - planche : 2</t>
+          <t>Idées à vendre (cher) - planche : 1</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>91530</v>
+        <v>91472</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Le Mariage des prêtres - planche : 1</t>
+          <t>Idées à vendre (cher) - planche : 2</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>91495</v>
+        <v>91475</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Bande annonce - planche : 1</t>
+          <t>Encore un petit paquet d'idées - planche : 1</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>91497</v>
+        <v>91476</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Un œuf - planche : 1</t>
+          <t>Encore un petit paquet d'idées - planche : 2</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>91498</v>
+        <v>91477</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Le Bing de demain - planche : 1</t>
+          <t>Problème d'environnement - planche : 1</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>91499</v>
+        <v>91478</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Notes sur la consommation - planche : 1</t>
+          <t>Problème d'environnement - planche : 2</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>91500</v>
+        <v>91479</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Monsieur Hémoglobine - planche : 1</t>
+          <t>Enrichissez-vous - planche : 1</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>91501</v>
+        <v>91480</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Pilote Hebdo n.603 - Couverture</t>
+          <t>Enrichissez-vous - planche : 2</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>91502</v>
+        <v>91481</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>J'ai peur - planche : 1</t>
+          <t>Enrichissez-vous - planche : 3</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>91465</v>
+        <v>91482</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Une usine à vin - planche : 1</t>
+          <t>Tulle, Tulle, Tulle - planche : 1</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>91466</v>
+        <v>91483</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Une usine à vin - planche : 2</t>
+          <t>Tulle, Tulle, Tulle - planche : 2</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>91469</v>
+        <v>91484</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Le Salon de la mie de pain - planche : 1</t>
+          <t>Le Regard triste du moustique - planche : 1</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>91470</v>
+        <v>91485</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Le Salon de la mie de pain - planche : 2</t>
+          <t>Le Regard triste du moustique - planche : 2</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>91227</v>
+        <v>91548</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Comment va le yen ? Il flottait… - planche : 1</t>
+          <t>Actualités : Une idée à saisir - planche : 1</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>91228</v>
+        <v>91552</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Comment va le yen ? Il flottait… - planche : 2</t>
+          <t>Actualités : A l'Ouest, du nouveau - planche : 1</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>91229</v>
+        <v>91553</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Comment va le yen ? Il flottait… - planche : 3</t>
+          <t>Actualités : A l'Ouest, du nouveau - planche : 2</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>91230</v>
+        <v>91658</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Comment va le yen ? Il flottait… - planche : 4</t>
+          <t>Bonne année - planche : 1</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>91231</v>
+        <v>91535</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Comment va le yen ? Il flottait… - planche : 5</t>
+          <t>Actualités : Les Drogués sont de grands enfants - planche : 1</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>91232</v>
+        <v>91536</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Comment va le yen ? Il flottait… - planche : 6</t>
+          <t>Actualités : Les Drogués sont de grands enfants - planche : 2</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>91304</v>
+        <v>91324</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Chacun son truc - planche : 5</t>
+          <t>La Longue nuit de Korneblu - planche : 19</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>91305</v>
+        <v>91451</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Chacun son truc - planche : 6</t>
+          <t>Les Professionnels de la confidence - planche : 2</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>91306</v>
+        <v>91325</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 1</t>
+          <t>La Longue nuit de Korneblu - planche : 20</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>91307</v>
+        <v>91326</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 2</t>
+          <t>La Longue nuit de Korneblu - planche : 21</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>91308</v>
+        <v>91327</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 3</t>
+          <t>La Longue nuit de Korneblu - planche : 22</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>91309</v>
+        <v>91454</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 4</t>
+          <t>Petit guide utile du cinéma amateur - planche : 1</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>91310</v>
+        <v>91328</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 5</t>
+          <t>La Longue nuit de Korneblu - planche : 23</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>91311</v>
+        <v>91455</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 6</t>
+          <t>Petit guide utile du cinéma amateur - planche : 2</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>91351</v>
+        <v>91329</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Tous des moutons - planche : 1</t>
+          <t>La Longue nuit de Korneblu - planche : 24</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>91312</v>
+        <v>91456</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 7</t>
+          <t>Petit guide utile du cinéma amateur - planche : 3</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>91352</v>
+        <v>91330</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Tous des moutons - planche : 2</t>
+          <t>La Longue nuit de Korneblu - planche : 25</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>91313</v>
+        <v>91331</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 8</t>
+          <t>La Longue nuit de Korneblu - planche : 26</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>91314</v>
+        <v>91300</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 9</t>
+          <t>Chacun son truc - planche : 1</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>91315</v>
+        <v>91301</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 10</t>
+          <t>Chacun son truc - planche : 2</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>91442</v>
+        <v>91302</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Les Pêcheurs d'autoroute - planche : 1</t>
+          <t>Chacun son truc - planche : 3</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>91316</v>
+        <v>91303</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 11</t>
+          <t>Chacun son truc - planche : 4</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>91443</v>
+        <v>91304</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Les Pêcheurs d'autoroute - planche : 2</t>
+          <t>Chacun son truc - planche : 5</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>91317</v>
+        <v>91305</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 12</t>
+          <t>Chacun son truc - planche : 6</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>91444</v>
+        <v>91306</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Comment humilier le consommateur - planche : 1</t>
+          <t>La Longue nuit de Korneblu - planche : 1</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>91318</v>
+        <v>91307</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 13</t>
+          <t>La Longue nuit de Korneblu - planche : 2</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>91445</v>
+        <v>91308</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Comment humilier le consommateur - planche : 2</t>
+          <t>La Longue nuit de Korneblu - planche : 3</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>91319</v>
+        <v>91309</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 14</t>
+          <t>La Longue nuit de Korneblu - planche : 4</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>91320</v>
+        <v>91310</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 15</t>
+          <t>La Longue nuit de Korneblu - planche : 5</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>91321</v>
+        <v>91311</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 16</t>
+          <t>La Longue nuit de Korneblu - planche : 6</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>91322</v>
+        <v>91351</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 17</t>
+          <t>Tous des moutons - planche : 1</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>91323</v>
+        <v>91312</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 18</t>
+          <t>La Longue nuit de Korneblu - planche : 7</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>91450</v>
+        <v>91352</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Les Professionnels de la confidence - planche : 1</t>
+          <t>Tous des moutons - planche : 2</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>91324</v>
+        <v>91313</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 19</t>
+          <t>La Longue nuit de Korneblu - planche : 8</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>91451</v>
+        <v>91314</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Les Professionnels de la confidence - planche : 2</t>
+          <t>La Longue nuit de Korneblu - planche : 9</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>91325</v>
+        <v>91315</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 20</t>
+          <t>La Longue nuit de Korneblu - planche : 10</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>91326</v>
+        <v>91442</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 21</t>
+          <t>Les Pêcheurs d'autoroute - planche : 1</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>91327</v>
+        <v>91316</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 22</t>
+          <t>La Longue nuit de Korneblu - planche : 11</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>91454</v>
+        <v>91443</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Petit guide utile du cinéma amateur - planche : 1</t>
+          <t>Les Pêcheurs d'autoroute - planche : 2</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>91328</v>
+        <v>91317</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 23</t>
+          <t>La Longue nuit de Korneblu - planche : 12</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>91455</v>
+        <v>91444</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Petit guide utile du cinéma amateur - planche : 2</t>
+          <t>Comment humilier le consommateur - planche : 1</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>91329</v>
+        <v>91318</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 24</t>
+          <t>La Longue nuit de Korneblu - planche : 13</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>91456</v>
+        <v>91445</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Petit guide utile du cinéma amateur - planche : 3</t>
+          <t>Comment humilier le consommateur - planche : 2</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>91330</v>
+        <v>91319</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 25</t>
+          <t>La Longue nuit de Korneblu - planche : 14</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>91331</v>
+        <v>91320</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>La Longue nuit de Korneblu - planche : 26</t>
+          <t>La Longue nuit de Korneblu - planche : 15</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>91300</v>
+        <v>91321</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Chacun son truc - planche : 1</t>
+          <t>La Longue nuit de Korneblu - planche : 16</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>91301</v>
+        <v>91322</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Chacun son truc - planche : 2</t>
+          <t>La Longue nuit de Korneblu - planche : 17</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>91302</v>
+        <v>91323</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Chacun son truc - planche : 3</t>
+          <t>La Longue nuit de Korneblu - planche : 18</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>91303</v>
+        <v>91450</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Chacun son truc - planche : 4</t>
+          <t>Les Professionnels de la confidence - planche : 1</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>91657</v>
+        <v>91493</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Si vous n'aimez pas - planche : 1</t>
+          <t>Ayons une pensée émue pour cet homme ! - planche : 1</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>91661</v>
+        <v>91496</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Triste nouvelle - planche : 1</t>
+          <t>Vive le fric ! - planche : 1</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>91508</v>
+        <v>91461</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Un mouchardeur vous parle - planche : 1</t>
+          <t>Drogués à manger du foin - planche : 1</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>91509</v>
+        <v>91462</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Pilote Hebdo n.654- Couverture</t>
+          <t>Drogués à manger du foin - planche : 2</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>91510</v>
+        <v>91504</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Le Tube de l'hiver - planche : 1</t>
+          <t>Générique - planche : 1</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>91473</v>
+        <v>91505</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Alexandre, coiffeur gai - planche : 1</t>
+          <t>Vulgaire sommaire - planche : 1</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>91474</v>
+        <v>91506</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Alexandre, coiffeur gai - planche : 2</t>
+          <t>Menu fléché - planche : 1</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>91512</v>
+        <v>91507</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 1</t>
+          <t>Cette page est un jeu - planche : 1</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>91513</v>
+        <v>91508</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 2</t>
+          <t>Un mouchardeur vous parle - planche : 1</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>91514</v>
+        <v>91509</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 3</t>
+          <t>Pilote Hebdo n.654- Couverture</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>couverture</t>
         </is>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>91515</v>
+        <v>91510</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 4</t>
+          <t>Le Tube de l'hiver - planche : 1</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>91516</v>
+        <v>91473</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 5</t>
+          <t>Alexandre, coiffeur gai - planche : 1</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>91517</v>
+        <v>91474</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 6</t>
+          <t>Alexandre, coiffeur gai - planche : 2</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>91518</v>
+        <v>91512</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>L'Almanach idéal - planche : 7</t>
+          <t>L'Almanach idéal - planche : 1</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>91519</v>
+        <v>91513</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>France Musique - planche : 1</t>
+          <t>L'Almanach idéal - planche : 2</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>91487</v>
+        <v>91514</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Reconnaissez-les - planche : 1</t>
+          <t>L'Almanach idéal - planche : 3</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>91488</v>
+        <v>91515</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>2 faits précis - planche : 1</t>
+          <t>L'Almanach idéal - planche : 4</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>91526</v>
+        <v>91516</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Matraquage et publicitage - planche : 1</t>
+          <t>L'Almanach idéal - planche : 5</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>91493</v>
+        <v>91517</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Ayons une pensée émue pour cet homme ! - planche : 1</t>
+          <t>L'Almanach idéal - planche : 6</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>91496</v>
+        <v>91518</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Vive le fric ! - planche : 1</t>
+          <t>L'Almanach idéal - planche : 7</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>91461</v>
+        <v>91519</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Drogués à manger du foin - planche : 1</t>
+          <t>France Musique - planche : 1</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>91462</v>
+        <v>91487</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Drogués à manger du foin - planche : 2</t>
+          <t>Reconnaissez-les - planche : 1</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>91504</v>
+        <v>91488</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Générique - planche : 1</t>
+          <t>2 faits précis - planche : 1</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>91505</v>
+        <v>91526</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Vulgaire sommaire - planche : 1</t>
+          <t>Matraquage et publicitage - planche : 1</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>91506</v>
+        <v>91657</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Menu fléché - planche : 1</t>
+          <t>Si vous n'aimez pas - planche : 1</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>91507</v>
+        <v>91661</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Cette page est un jeu - planche : 1</t>
+          <t>Triste nouvelle - planche : 1</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>91345</v>
+        <v>91273</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Sa vie de famille - planche : 1</t>
+          <t>La Guerre du café - planche : 4</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>91346</v>
+        <v>91274</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Sa vie de famille - planche : 2</t>
+          <t>La Guerre du café - planche : 5</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>91446</v>
+        <v>91275</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Ça, c'est le vote ! - planche : 1</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 1</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>91447</v>
+        <v>91276</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Ça, c'est le vote ! - planche : 2</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 2</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>91448</v>
+        <v>91277</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Une histoire vraie pour petits et grands - planche : 1</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 3</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>91449</v>
+        <v>91278</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Une histoire vraie pour petits et grands - planche : 2</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 4</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>91452</v>
+        <v>91279</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>4 affiches imaginaires - planche : 1</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 5</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>91453</v>
+        <v>91280</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>4 affiches imaginaires - planche : 2</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 6</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>91457</v>
+        <v>91281</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Pourquoi je ne ris plus - planche : 1</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 7</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>91458</v>
+        <v>91282</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Pourquoi je ne ris plus - planche : 2</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 8</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>91338</v>
+        <v>91283</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>12 proverbes, expressions populaires et lieux communs au banc d'essai - planche : 1</t>
+          <t>La Véritable canonisation de Saint-Antoine - planche : 9</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>91339</v>
+        <v>91252</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>12 proverbes, expressions populaires et lieux communs au banc d'essai - planche : 2</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 1</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>91340</v>
+        <v>91253</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>12 proverbes, expressions populaires et lieux communs au banc d'essai - planche : 3</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 2</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>91511</v>
+        <v>91254</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>De plus en plus petit : la miniaturisation - planche : 1</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 3</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>91521</v>
+        <v>91255</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Otage, ô désespoir - planche : 1</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 4</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>91522</v>
+        <v>91256</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Comment les faire venir chez nous - planche : 1</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 5</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>91523</v>
+        <v>91257</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Toutes ces têtes connues ! - planche : 1</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 6</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>91486</v>
+        <v>91258</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Publicité : Vrai chic parisien</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 7</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>91524</v>
+        <v>91259</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>La Tête du duc - planche : 1</t>
+          <t>L'Homme qui inventa le dictionnaire - planche : 8</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>91525</v>
+        <v>91260</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>L'Alcoolisme mondain - planche : 1</t>
+          <t>L'Hypnotiseur du showbusiness - planche : 1</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>91489</v>
+        <v>91261</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>La Crèche des essences - planche : 1</t>
+          <t>L'Hypnotiseur du showbusiness - planche : 2</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>91490</v>
+        <v>91262</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Comment devient-on désisté - planche : 1</t>
+          <t>L'Hypnotiseur du showbusiness - planche : 3</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>91491</v>
+        <v>91263</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>4 auxiliaires de la justice - planche : 1</t>
+          <t>L'Hypnotiseur du showbusiness - planche : 4</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>91492</v>
+        <v>91264</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Le Paradis en haut, la violence en bas - planche : 1</t>
+          <t>L'Hypnotiseur du showbusiness - planche : 5</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>91259</v>
+        <v>91265</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 8</t>
+          <t>L'Hypnotiseur du showbusiness - planche : 6</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>91260</v>
+        <v>91270</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>L'Hypnotiseur du showbusiness - planche : 1</t>
+          <t>La Guerre du café - planche : 1</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>91261</v>
+        <v>91271</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>L'Hypnotiseur du showbusiness - planche : 2</t>
+          <t>La Guerre du café - planche : 2</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>91262</v>
+        <v>91272</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>L'Hypnotiseur du showbusiness - planche : 3</t>
+          <t>La Guerre du café - planche : 3</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>91263</v>
+        <v>91452</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>L'Hypnotiseur du showbusiness - planche : 4</t>
+          <t>4 affiches imaginaires - planche : 1</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>91264</v>
+        <v>91453</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>L'Hypnotiseur du showbusiness - planche : 5</t>
+          <t>4 affiches imaginaires - planche : 2</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>91265</v>
+        <v>91457</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>L'Hypnotiseur du showbusiness - planche : 6</t>
+          <t>Pourquoi je ne ris plus - planche : 1</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>91270</v>
+        <v>91458</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>La Guerre du café - planche : 1</t>
+          <t>Pourquoi je ne ris plus - planche : 2</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>91271</v>
+        <v>91338</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>La Guerre du café - planche : 2</t>
+          <t>12 proverbes, expressions populaires et lieux communs au banc d'essai - planche : 1</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>91272</v>
+        <v>91339</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>La Guerre du café - planche : 3</t>
+          <t>12 proverbes, expressions populaires et lieux communs au banc d'essai - planche : 2</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>91273</v>
+        <v>91340</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>La Guerre du café - planche : 4</t>
+          <t>12 proverbes, expressions populaires et lieux communs au banc d'essai - planche : 3</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>91274</v>
+        <v>91345</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>La Guerre du café - planche : 5</t>
+          <t>Sa vie de famille - planche : 1</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>91275</v>
+        <v>91346</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 1</t>
+          <t>Sa vie de famille - planche : 2</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>91276</v>
+        <v>91446</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 2</t>
+          <t>Ça, c'est le vote ! - planche : 1</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>91277</v>
+        <v>91447</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 3</t>
+          <t>Ça, c'est le vote ! - planche : 2</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>91278</v>
+        <v>91448</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 4</t>
+          <t>Une histoire vraie pour petits et grands - planche : 1</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>91279</v>
+        <v>91449</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 5</t>
+          <t>Une histoire vraie pour petits et grands - planche : 2</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>91280</v>
+        <v>91489</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 6</t>
+          <t>La Crèche des essences - planche : 1</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>91281</v>
+        <v>91490</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 7</t>
+          <t>Comment devient-on désisté - planche : 1</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>91282</v>
+        <v>91491</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 8</t>
+          <t>4 auxiliaires de la justice - planche : 1</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>91283</v>
+        <v>91492</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>La Véritable canonisation de Saint-Antoine - planche : 9</t>
+          <t>Le Paradis en haut, la violence en bas - planche : 1</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>91252</v>
+        <v>91511</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 1</t>
+          <t>De plus en plus petit : la miniaturisation - planche : 1</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>91253</v>
+        <v>91521</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 2</t>
+          <t>Otage, ô désespoir - planche : 1</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>91254</v>
+        <v>91522</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 3</t>
+          <t>Comment les faire venir chez nous - planche : 1</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>91255</v>
+        <v>91523</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 4</t>
+          <t>Toutes ces têtes connues ! - planche : 1</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>91256</v>
+        <v>91486</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 5</t>
+          <t>Publicité : Vrai chic parisien</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>91257</v>
+        <v>91524</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 6</t>
+          <t>La Tête du duc - planche : 1</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>91258</v>
+        <v>91525</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa le dictionnaire - planche : 7</t>
+          <t>L'Alcoolisme mondain - planche : 1</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>91341</v>
+        <v>91237</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Le Calvaire d'Aglae Buffard - planche : 1</t>
+          <t>Mr Le censeur aux champs - planche : 5</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>91342</v>
+        <v>91238</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Le Calvaire d'Aglae Buffard - planche : 2</t>
+          <t>Mr Le censeur aux champs - planche : 6</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>91343</v>
+        <v>91239</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Les Nouvelles zaventures de Mona Lisa - planche : 1</t>
+          <t>Mr Le censeur aux champs - planche : 7</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>91344</v>
+        <v>91240</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Les Nouvelles zaventures de Mona Lisa - planche : 2</t>
+          <t>Mr Le censeur aux champs - planche : 8</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>91347</v>
+        <v>91241</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Le Prêt à porter de la camisole - planche : 1</t>
+          <t>Mr Le censeur aux champs - planche : 9</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>91348</v>
+        <v>91242</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Le Prêt à porter de la camisole - planche : 2</t>
+          <t>Mr Le censeur aux champs - planche : 10</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>91520</v>
+        <v>91243</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Et aujourd'hui : 4 instantanés pris pendant le Festival de Cannes 74</t>
+          <t>Mr Le censeur aux champs - planche : 11</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>91527</v>
+        <v>91244</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Les Familles heureuses - planche : 1</t>
+          <t>Mr Le censeur aux champs - planche : 12</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>91266</v>
+        <v>91284</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>La Vengeance du représentant en distordeurs de champ - planche : 1</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 1</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>91267</v>
+        <v>91285</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>La Vengeance du représentant en distordeurs de champ - planche : 2</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 2</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>91268</v>
+        <v>91286</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>La Vengeance du représentant en distordeurs de champ - planche : 3</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 3</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="1" t="n">
-        <v>91269</v>
+        <v>91287</v>
       </c>
       <c r="B235" s="2" t="inlineStr">
         <is>
-          <t>La Vengeance du représentant en distordeurs de champ - planche : 4</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 4</t>
         </is>
       </c>
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>91233</v>
+        <v>91288</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 1</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 5</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>91234</v>
+        <v>91289</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 2</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 6</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>91235</v>
+        <v>91290</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 3</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 7</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>91236</v>
+        <v>91291</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 4</t>
+          <t>L'Homme qui inventa une nouvelle note ! - planche : 8</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>91237</v>
+        <v>91266</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 5</t>
+          <t>La Vengeance du représentant en distordeurs de champ - planche : 1</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>91238</v>
+        <v>91267</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 6</t>
+          <t>La Vengeance du représentant en distordeurs de champ - planche : 2</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>91239</v>
+        <v>91268</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 7</t>
+          <t>La Vengeance du représentant en distordeurs de champ - planche : 3</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>91240</v>
+        <v>91269</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 8</t>
+          <t>La Vengeance du représentant en distordeurs de champ - planche : 4</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>91241</v>
+        <v>91233</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 9</t>
+          <t>Mr Le censeur aux champs - planche : 1</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>91242</v>
+        <v>91234</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 10</t>
+          <t>Mr Le censeur aux champs - planche : 2</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>91243</v>
+        <v>91235</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 11</t>
+          <t>Mr Le censeur aux champs - planche : 3</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>91244</v>
+        <v>91236</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Mr Le censeur aux champs - planche : 12</t>
+          <t>Mr Le censeur aux champs - planche : 4</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>91284</v>
+        <v>91341</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 1</t>
+          <t>Le Calvaire d'Aglae Buffard - planche : 1</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>91285</v>
+        <v>91342</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 2</t>
+          <t>Le Calvaire d'Aglae Buffard - planche : 2</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>91286</v>
+        <v>91343</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 3</t>
+          <t>Les Nouvelles zaventures de Mona Lisa - planche : 1</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>91287</v>
+        <v>91344</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 4</t>
+          <t>Les Nouvelles zaventures de Mona Lisa - planche : 2</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>91288</v>
+        <v>91347</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 5</t>
+          <t>Le Prêt à porter de la camisole - planche : 1</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>91289</v>
+        <v>91348</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 6</t>
+          <t>Le Prêt à porter de la camisole - planche : 2</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>91290</v>
+        <v>91527</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 7</t>
+          <t>Les Familles heureuses - planche : 1</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>91291</v>
+        <v>91520</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>L'Homme qui inventa une nouvelle note ! - planche : 8</t>
+          <t>Et aujourd'hui : 4 instantanés pris pendant le Festival de Cannes 74</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>Leconte, Patrice</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2"/>
     </row>