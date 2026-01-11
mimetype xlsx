--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -179,971 +179,971 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>91391</v>
+        <v>91370</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 22</t>
+          <t>L'Appel de la forêt - planche : 1</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>91392</v>
+        <v>91371</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 23</t>
+          <t>L'Appel de la forêt - planche : 2</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>91393</v>
+        <v>91372</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 24</t>
+          <t>L'Appel de la forêt - planche : 3</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>91394</v>
+        <v>91373</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 25</t>
+          <t>L'Appel de la forêt - planche : 4</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>91395</v>
+        <v>91374</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 26</t>
+          <t>L'Appel de la forêt - planche : 5</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>91396</v>
+        <v>91375</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 27</t>
+          <t>L'Appel de la forêt - planche : 6</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>91397</v>
+        <v>91376</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 28</t>
+          <t>L'Appel de la forêt - planche : 7</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>91398</v>
+        <v>91377</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - Annonce</t>
+          <t>L'Appel de la forêt - planche : 8</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Del Bourgo, Maurice</t>
+          <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>autre</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>91370</v>
+        <v>91378</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 1</t>
+          <t>L'Appel de la forêt - planche : 9</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>91371</v>
+        <v>91379</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 2</t>
+          <t>L'Appel de la forêt - planche : 10</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>91372</v>
+        <v>91380</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 3</t>
+          <t>L'Appel de la forêt - planche : 11</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>91373</v>
+        <v>91381</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 4</t>
+          <t>L'Appel de la forêt - planche : 12</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>91374</v>
+        <v>91382</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 5</t>
+          <t>L'Appel de la forêt - planche : 13</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>91375</v>
+        <v>91383</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 6</t>
+          <t>L'Appel de la forêt - planche : 14</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>91376</v>
+        <v>91384</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 7</t>
+          <t>L'Appel de la forêt - planche : 15</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>91377</v>
+        <v>91385</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 8</t>
+          <t>L'Appel de la forêt - planche : 16</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>91378</v>
+        <v>91386</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 9</t>
+          <t>L'Appel de la forêt - planche : 17</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>91379</v>
+        <v>91387</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 10</t>
+          <t>L'Appel de la forêt - planche : 18</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>91380</v>
+        <v>91388</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 11</t>
+          <t>L'Appel de la forêt - planche : 19</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>91381</v>
+        <v>91389</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 12</t>
+          <t>L'Appel de la forêt - planche : 20</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>91382</v>
+        <v>91390</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 13</t>
+          <t>L'Appel de la forêt - planche : 21</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>91383</v>
+        <v>91391</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 14</t>
+          <t>L'Appel de la forêt - planche : 22</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>91384</v>
+        <v>91392</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 15</t>
+          <t>L'Appel de la forêt - planche : 23</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>91385</v>
+        <v>91393</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 16</t>
+          <t>L'Appel de la forêt - planche : 24</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>91386</v>
+        <v>91394</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 17</t>
+          <t>L'Appel de la forêt - planche : 25</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>91387</v>
+        <v>91395</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 18</t>
+          <t>L'Appel de la forêt - planche : 26</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>91388</v>
+        <v>91396</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 19</t>
+          <t>L'Appel de la forêt - planche : 27</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>91389</v>
+        <v>91397</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 20</t>
+          <t>L'Appel de la forêt - planche : 28</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Del Bourgo, Maurice / London, Jack</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>91390</v>
+        <v>91398</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>L'Appel de la forêt - planche : 21</t>
+          <t>L'Appel de la forêt - Annonce</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Del Bourgo, Maurice / London, Jack</t>
+          <t>Del Bourgo, Maurice</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1952 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>autre</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">