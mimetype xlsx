--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -435,919 +435,919 @@
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>91433</v>
+        <v>91438</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Good bye Piccadilly - planche : 1</t>
+          <t>Histoires en mille morceaux : Mer humaine - planche : 1</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>91434</v>
+        <v>91402</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Naissance d'un colosse - planche : 1</t>
+          <t>Histoires en mille morceaux : La Consigne est la consigne - planche : 1</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>91435</v>
+        <v>91439</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Mort d'un colosse - planche : 1</t>
+          <t>Histoires en mille morceaux : Les Sanglots du reporter - planche : 1</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>91399</v>
+        <v>91403</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Rescapé au pyjama - planche : 1</t>
+          <t>Histoires en mille morceaux : L'Empereur et la gastronomie - planche : 1</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>91436</v>
+        <v>91440</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le pourquoi d'un exploit - planche : 1</t>
+          <t>Histoires en mille morceaux : L'Essuie glace - planche : 1</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>91400</v>
+        <v>91404</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Drôle de garçon - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Premier looping - planche : 1</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>91437</v>
+        <v>91405</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Comment finit le capitaine Kidd - planche : 1</t>
+          <t>Histoires en mille morceaux : Bataille pour la Vénus - planche : 1</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>91401</v>
+        <v>91406</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Qu'ils bouffent du foin - planche : 1</t>
+          <t>Histoires en mille morceaux : Qu'on les pende ! - planche : 1</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>91438</v>
+        <v>91407</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Mer humaine - planche : 1</t>
+          <t>Histoires en mille morceaux : Poulets sacrés - planche : 1</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>91402</v>
+        <v>91408</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : La Consigne est la consigne - planche : 1</t>
+          <t>Histoires en mille morceaux : Ciel, mon maître brûle - planche : 1</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>91439</v>
+        <v>91409</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Les Sanglots du reporter - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Miracle des poissons - planche : 1</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>91403</v>
+        <v>91410</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : L'Empereur et la gastronomie - planche : 1</t>
+          <t>Histoires en mille morceaux : Geste - planche : 1</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>91440</v>
+        <v>91411</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : L'Essuie glace - planche : 1</t>
+          <t>Histoires en mille morceaux : Trahison - planche : 1</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>91404</v>
+        <v>91412</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Premier looping - planche : 1</t>
+          <t>Histoires en mille morceaux : Clémence impériale - planche : 1</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>91405</v>
+        <v>91413</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Bataille pour la Vénus - planche : 1</t>
+          <t>Histoires en mille morceaux : Énergie canine - planche : 1</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>91406</v>
+        <v>91414</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Qu'on les pende ! - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Saltimbanque - planche : 1</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>91407</v>
+        <v>91415</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Poulets sacrés - planche : 1</t>
+          <t>Histoires en mille morceaux : Absolution en plein ciel - planche : 1</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>91408</v>
+        <v>91416</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Ciel, mon maître brûle - planche : 1</t>
+          <t>Histoires en mille morceaux : Rapt à Nöel - planche : 1</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>91409</v>
+        <v>91431</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Miracle des poissons - planche : 1</t>
+          <t>Histoires en mille morceaux : La Nourrice de Washington - planche : 1</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>91410</v>
+        <v>91432</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Geste - planche : 1</t>
+          <t>Histoires en mille morceaux : Bois contre crocs - planche : 1</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>91411</v>
+        <v>91433</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Trahison - planche : 1</t>
+          <t>Histoires en mille morceaux : Good bye Piccadilly - planche : 1</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>91412</v>
+        <v>91434</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Clémence impériale - planche : 1</t>
+          <t>Histoires en mille morceaux : Naissance d'un colosse - planche : 1</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>91413</v>
+        <v>91435</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Énergie canine - planche : 1</t>
+          <t>Histoires en mille morceaux : Mort d'un colosse - planche : 1</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>91414</v>
+        <v>91399</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Saltimbanque - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Rescapé au pyjama - planche : 1</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>91415</v>
+        <v>91436</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Absolution en plein ciel - planche : 1</t>
+          <t>Histoires en mille morceaux : Le pourquoi d'un exploit - planche : 1</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>91416</v>
+        <v>91400</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Rapt à Nöel - planche : 1</t>
+          <t>Histoires en mille morceaux : Drôle de garçon - planche : 1</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>91431</v>
+        <v>91437</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : La Nourrice de Washington - planche : 1</t>
+          <t>Histoires en mille morceaux : Comment finit le capitaine Kidd - planche : 1</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>91432</v>
+        <v>91401</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Bois contre crocs - planche : 1</t>
+          <t>Histoires en mille morceaux : Qu'ils bouffent du foin - planche : 1</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>