--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -435,919 +435,919 @@
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>91438</v>
+        <v>91431</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Mer humaine - planche : 1</t>
+          <t>Histoires en mille morceaux : La Nourrice de Washington - planche : 1</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>91402</v>
+        <v>91432</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : La Consigne est la consigne - planche : 1</t>
+          <t>Histoires en mille morceaux : Bois contre crocs - planche : 1</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>91439</v>
+        <v>91433</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Les Sanglots du reporter - planche : 1</t>
+          <t>Histoires en mille morceaux : Good bye Piccadilly - planche : 1</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>91403</v>
+        <v>91434</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : L'Empereur et la gastronomie - planche : 1</t>
+          <t>Histoires en mille morceaux : Naissance d'un colosse - planche : 1</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>91440</v>
+        <v>91435</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : L'Essuie glace - planche : 1</t>
+          <t>Histoires en mille morceaux : Mort d'un colosse - planche : 1</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>91404</v>
+        <v>91399</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Premier looping - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Rescapé au pyjama - planche : 1</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>91405</v>
+        <v>91436</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Bataille pour la Vénus - planche : 1</t>
+          <t>Histoires en mille morceaux : Le pourquoi d'un exploit - planche : 1</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>91406</v>
+        <v>91400</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Qu'on les pende ! - planche : 1</t>
+          <t>Histoires en mille morceaux : Drôle de garçon - planche : 1</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>91407</v>
+        <v>91437</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Poulets sacrés - planche : 1</t>
+          <t>Histoires en mille morceaux : Comment finit le capitaine Kidd - planche : 1</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>91408</v>
+        <v>91401</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Ciel, mon maître brûle - planche : 1</t>
+          <t>Histoires en mille morceaux : Qu'ils bouffent du foin - planche : 1</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>91409</v>
+        <v>91438</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Miracle des poissons - planche : 1</t>
+          <t>Histoires en mille morceaux : Mer humaine - planche : 1</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>91410</v>
+        <v>91402</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Geste - planche : 1</t>
+          <t>Histoires en mille morceaux : La Consigne est la consigne - planche : 1</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>91411</v>
+        <v>91439</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Trahison - planche : 1</t>
+          <t>Histoires en mille morceaux : Les Sanglots du reporter - planche : 1</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>91412</v>
+        <v>91403</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Clémence impériale - planche : 1</t>
+          <t>Histoires en mille morceaux : L'Empereur et la gastronomie - planche : 1</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>91413</v>
+        <v>91440</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Énergie canine - planche : 1</t>
+          <t>Histoires en mille morceaux : L'Essuie glace - planche : 1</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>91414</v>
+        <v>91404</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Saltimbanque - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Premier looping - planche : 1</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>91415</v>
+        <v>91405</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Absolution en plein ciel - planche : 1</t>
+          <t>Histoires en mille morceaux : Bataille pour la Vénus - planche : 1</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>91416</v>
+        <v>91406</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Rapt à Nöel - planche : 1</t>
+          <t>Histoires en mille morceaux : Qu'on les pende ! - planche : 1</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>91431</v>
+        <v>91407</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : La Nourrice de Washington - planche : 1</t>
+          <t>Histoires en mille morceaux : Poulets sacrés - planche : 1</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>91432</v>
+        <v>91408</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Bois contre crocs - planche : 1</t>
+          <t>Histoires en mille morceaux : Ciel, mon maître brûle - planche : 1</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>91433</v>
+        <v>91409</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Good bye Piccadilly - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Miracle des poissons - planche : 1</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>91434</v>
+        <v>91410</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Naissance d'un colosse - planche : 1</t>
+          <t>Histoires en mille morceaux : Geste - planche : 1</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>91435</v>
+        <v>91411</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Mort d'un colosse - planche : 1</t>
+          <t>Histoires en mille morceaux : Trahison - planche : 1</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>91399</v>
+        <v>91412</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Rescapé au pyjama - planche : 1</t>
+          <t>Histoires en mille morceaux : Clémence impériale - planche : 1</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>91436</v>
+        <v>91413</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le pourquoi d'un exploit - planche : 1</t>
+          <t>Histoires en mille morceaux : Énergie canine - planche : 1</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>91400</v>
+        <v>91414</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Drôle de garçon - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Saltimbanque - planche : 1</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>91437</v>
+        <v>91415</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Comment finit le capitaine Kidd - planche : 1</t>
+          <t>Histoires en mille morceaux : Absolution en plein ciel - planche : 1</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>91401</v>
+        <v>91416</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Qu'ils bouffent du foin - planche : 1</t>
+          <t>Histoires en mille morceaux : Rapt à Nöel - planche : 1</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>