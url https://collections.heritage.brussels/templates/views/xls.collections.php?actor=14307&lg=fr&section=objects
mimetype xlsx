--- v0 (2025-10-23)
+++ v1 (2026-01-23)
@@ -1779,567 +1779,567 @@
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>97410</v>
+        <v>97413</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 4</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>97411</v>
+        <v>97410</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 1</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>97412</v>
+        <v>97411</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 2</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>97413</v>
+        <v>97412</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 3</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>97473</v>
+        <v>97471</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 1</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>97474</v>
+        <v>97472</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 2</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>97475</v>
+        <v>97473</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 3</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>97476</v>
+        <v>97474</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 4</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>97477</v>
+        <v>97475</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 1</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>97478</v>
+        <v>97476</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 2</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>97479</v>
+        <v>97477</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 3</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>97484</v>
+        <v>97478</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 4</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>97485</v>
+        <v>97479</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 5</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>97486</v>
+        <v>97484</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 1</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>97487</v>
+        <v>97485</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 2</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>97471</v>
+        <v>97486</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 3</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>97472</v>
+        <v>97487</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 4</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
@@ -2451,695 +2451,695 @@
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>97515</v>
+        <v>97426</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Baudouin s'empare de Constantinople - planche : 1B</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Laurent, L. / Joly, Octave</t>
+          <t>Hernu, - / Joly, Octave</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>97516</v>
+        <v>97498</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 1</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>Laurent, L. / Joly, Octave</t>
+          <t>Boulet, - / Joly, Octave</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>97517</v>
+        <v>97499</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 2</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
-          <t>Laurent, L. / Joly, Octave</t>
+          <t>Boulet, - / Joly, Octave</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>97510</v>
+        <v>97500</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 3</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
-          <t>Laurent, L. / Joly, Octave</t>
+          <t>Boulet, - / Joly, Octave</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>97511</v>
+        <v>97501</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 4</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Laurent, L. / Joly, Octave</t>
+          <t>Boulet, - / Joly, Octave</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>97512</v>
+        <v>97510</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 1</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>97513</v>
+        <v>97511</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 2</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>97514</v>
+        <v>97512</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 3</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>97426</v>
+        <v>97513</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Baudouin s'empare de Constantinople - planche : 1B</t>
+          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 4</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
-          <t>Hernu, - / Joly, Octave</t>
+          <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>97498</v>
+        <v>97514</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 1</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Boulet, - / Joly, Octave</t>
+          <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>97499</v>
+        <v>97515</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 2</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
-          <t>Boulet, - / Joly, Octave</t>
+          <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>97500</v>
+        <v>97516</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 3</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
-          <t>Boulet, - / Joly, Octave</t>
+          <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>97501</v>
+        <v>97517</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 4</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
-          <t>Boulet, - / Joly, Octave</t>
+          <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>97528</v>
+        <v>97422</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 1</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>97529</v>
+        <v>97423</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 2</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>97530</v>
+        <v>97424</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 3</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>97531</v>
+        <v>97425</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 4</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>97422</v>
+        <v>97531</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 4</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>97423</v>
+        <v>97528</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 1</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>97424</v>
+        <v>97529</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 2</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>97425</v>
+        <v>97530</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 3</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
@@ -3379,599 +3379,599 @@
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>97509</v>
+        <v>97507</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 2</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>97506</v>
+        <v>97508</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 3</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>97507</v>
+        <v>97509</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 4</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>97508</v>
+        <v>97506</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 1</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>97518</v>
+        <v>97431</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 1</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>97519</v>
+        <v>97432</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 2</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>97520</v>
+        <v>97433</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 3</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>97521</v>
+        <v>97434</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 4</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>97522</v>
+        <v>97518</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 1</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>97523</v>
+        <v>97519</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 2</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>97431</v>
+        <v>97520</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 3</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>97432</v>
+        <v>97521</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 4</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>97433</v>
+        <v>97522</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 5</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>97434</v>
+        <v>97523</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 1</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>97524</v>
+        <v>97502</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 1</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>97525</v>
+        <v>97503</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 2</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>97526</v>
+        <v>97504</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 3</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>97527</v>
+        <v>97505</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 4</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
@@ -4083,151 +4083,151 @@
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>97502</v>
+        <v>97524</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 2</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>97503</v>
+        <v>97525</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 3</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>97504</v>
+        <v>97526</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 4</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>97505</v>
+        <v>97527</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Et la vapeur se changea en fumée - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 5</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
@@ -4467,919 +4467,919 @@
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>91402</v>
+        <v>91408</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : La Consigne est la consigne - planche : 1</t>
+          <t>Histoires en mille morceaux : Ciel, mon maître brûle - planche : 1</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>91439</v>
+        <v>91409</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Les Sanglots du reporter - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Miracle des poissons - planche : 1</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>91403</v>
+        <v>91410</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : L'Empereur et la gastronomie - planche : 1</t>
+          <t>Histoires en mille morceaux : Geste - planche : 1</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>91440</v>
+        <v>91411</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : L'Essuie glace - planche : 1</t>
+          <t>Histoires en mille morceaux : Trahison - planche : 1</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>91404</v>
+        <v>91412</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Premier looping - planche : 1</t>
+          <t>Histoires en mille morceaux : Clémence impériale - planche : 1</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>91405</v>
+        <v>91413</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Bataille pour la Vénus - planche : 1</t>
+          <t>Histoires en mille morceaux : Énergie canine - planche : 1</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>91406</v>
+        <v>91414</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Qu'on les pende ! - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Saltimbanque - planche : 1</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>91407</v>
+        <v>91415</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Poulets sacrés - planche : 1</t>
+          <t>Histoires en mille morceaux : Absolution en plein ciel - planche : 1</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>91408</v>
+        <v>91416</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Ciel, mon maître brûle - planche : 1</t>
+          <t>Histoires en mille morceaux : Rapt à Nöel - planche : 1</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>91409</v>
+        <v>91431</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Miracle des poissons - planche : 1</t>
+          <t>Histoires en mille morceaux : La Nourrice de Washington - planche : 1</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>91410</v>
+        <v>91432</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Geste - planche : 1</t>
+          <t>Histoires en mille morceaux : Bois contre crocs - planche : 1</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>91411</v>
+        <v>91433</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Trahison - planche : 1</t>
+          <t>Histoires en mille morceaux : Good bye Piccadilly - planche : 1</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>91412</v>
+        <v>91434</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Clémence impériale - planche : 1</t>
+          <t>Histoires en mille morceaux : Naissance d'un colosse - planche : 1</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>91413</v>
+        <v>91435</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Énergie canine - planche : 1</t>
+          <t>Histoires en mille morceaux : Mort d'un colosse - planche : 1</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>91414</v>
+        <v>91399</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Saltimbanque - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Rescapé au pyjama - planche : 1</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>91415</v>
+        <v>91436</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Absolution en plein ciel - planche : 1</t>
+          <t>Histoires en mille morceaux : Le pourquoi d'un exploit - planche : 1</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>91416</v>
+        <v>91400</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Rapt à Nöel - planche : 1</t>
+          <t>Histoires en mille morceaux : Drôle de garçon - planche : 1</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>91431</v>
+        <v>91437</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : La Nourrice de Washington - planche : 1</t>
+          <t>Histoires en mille morceaux : Comment finit le capitaine Kidd - planche : 1</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>91432</v>
+        <v>91401</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Bois contre crocs - planche : 1</t>
+          <t>Histoires en mille morceaux : Qu'ils bouffent du foin - planche : 1</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>91433</v>
+        <v>91438</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Good bye Piccadilly - planche : 1</t>
+          <t>Histoires en mille morceaux : Mer humaine - planche : 1</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>91434</v>
+        <v>91402</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Naissance d'un colosse - planche : 1</t>
+          <t>Histoires en mille morceaux : La Consigne est la consigne - planche : 1</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>91435</v>
+        <v>91439</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Mort d'un colosse - planche : 1</t>
+          <t>Histoires en mille morceaux : Les Sanglots du reporter - planche : 1</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>91399</v>
+        <v>91403</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Rescapé au pyjama - planche : 1</t>
+          <t>Histoires en mille morceaux : L'Empereur et la gastronomie - planche : 1</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>91436</v>
+        <v>91440</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le pourquoi d'un exploit - planche : 1</t>
+          <t>Histoires en mille morceaux : L'Essuie glace - planche : 1</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>91400</v>
+        <v>91404</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Drôle de garçon - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Premier looping - planche : 1</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>91437</v>
+        <v>91405</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Comment finit le capitaine Kidd - planche : 1</t>
+          <t>Histoires en mille morceaux : Bataille pour la Vénus - planche : 1</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>91401</v>
+        <v>91406</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Qu'ils bouffent du foin - planche : 1</t>
+          <t>Histoires en mille morceaux : Qu'on les pende ! - planche : 1</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>91438</v>
+        <v>91407</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Mer humaine - planche : 1</t>
+          <t>Histoires en mille morceaux : Poulets sacrés - planche : 1</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2"/>
     </row>