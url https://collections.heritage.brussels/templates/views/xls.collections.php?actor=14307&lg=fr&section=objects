--- v1 (2026-01-23)
+++ v2 (2026-03-12)
@@ -179,2167 +179,2167 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>97414</v>
+        <v>97439</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 1</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>97415</v>
+        <v>97440</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 2</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>97416</v>
+        <v>97441</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 3</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>97417</v>
+        <v>97442</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 4</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>97439</v>
+        <v>97443</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 1</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>97440</v>
+        <v>97444</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 2</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>97441</v>
+        <v>97445</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 3</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>97442</v>
+        <v>97446</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Premier tour du monde - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 4</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>97443</v>
+        <v>97462</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 1</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>97444</v>
+        <v>97463</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 2</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>97445</v>
+        <v>97464</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 3</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>97446</v>
+        <v>97465</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Une ville disparaît sous les flots - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 4</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>97462</v>
+        <v>97414</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 1</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>97463</v>
+        <v>97415</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 2</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>97464</v>
+        <v>97416</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 3</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>97465</v>
+        <v>97417</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Lavoisier - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Camoens, poète soldat - planche : 4</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1954 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>97435</v>
+        <v>97447</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 1</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>97436</v>
+        <v>97448</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 2</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>97437</v>
+        <v>97449</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 3</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>97438</v>
+        <v>97450</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 4</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>97447</v>
+        <v>97451</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 5</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>97448</v>
+        <v>97488</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 1</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>97449</v>
+        <v>97452</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 1</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>97450</v>
+        <v>97489</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 2</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>97451</v>
+        <v>97453</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Scander-beg - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 2</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>97488</v>
+        <v>97490</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 3</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>97452</v>
+        <v>97454</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 3</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>97489</v>
+        <v>97491</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 4</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>97453</v>
+        <v>97455</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 4</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>97490</v>
+        <v>97492</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 5</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>97454</v>
+        <v>97456</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 5</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>97491</v>
+        <v>97493</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 1</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>97455</v>
+        <v>97457</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 1</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>97492</v>
+        <v>97494</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale II En Crimée - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 2</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>97456</v>
+        <v>97458</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : L'Ermite du Hoggar - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 2</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>97493</v>
+        <v>97495</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 3</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>97457</v>
+        <v>97459</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 3</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>97494</v>
+        <v>97496</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 4</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>97458</v>
+        <v>97460</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 4</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>97495</v>
+        <v>97497</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 5</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>97459</v>
+        <v>97461</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 5</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>97496</v>
+        <v>97466</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 1</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>97460</v>
+        <v>97467</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 2</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>97497</v>
+        <v>97468</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Florence Nightingale I Jeune fille obstinée - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 3</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>97461</v>
+        <v>97469</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Andrew Carnegie, le roi de l'acier - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 4</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>97466</v>
+        <v>97470</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 5</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>97467</v>
+        <v>97435</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 1</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>97468</v>
+        <v>97436</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 2</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>97469</v>
+        <v>97437</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 3</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>97470</v>
+        <v>97438</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Jeunesse de Gengis Khan - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Beaumarchais - planche : 4</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>97413</v>
+        <v>97476</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 2</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>97410</v>
+        <v>97477</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 3</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>97411</v>
+        <v>97478</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 4</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>97412</v>
+        <v>97479</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 5</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>97471</v>
+        <v>97484</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 1</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>97472</v>
+        <v>97485</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 2</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>97473</v>
+        <v>97486</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 3</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>97474</v>
+        <v>97487</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 4</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>97475</v>
+        <v>97471</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 1</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>97476</v>
+        <v>97472</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 2</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>97477</v>
+        <v>97473</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 3</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>97478</v>
+        <v>97474</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : J. Bernadotte, maréchal de France - planche : 4</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>97479</v>
+        <v>97475</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première course aérienne - planche : 1</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>97484</v>
+        <v>97410</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 1</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>97485</v>
+        <v>97411</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 2</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>97486</v>
+        <v>97412</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 3</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>97487</v>
+        <v>97413</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À la recherche de La Pérouse - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Georges Caprentier - planche : 4</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1956 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
@@ -2451,1399 +2451,1399 @@
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>(Georges Langlais), Gal / Joly, Octave</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>97426</v>
+        <v>97498</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Baudouin s'empare de Constantinople - planche : 1B</t>
+          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 1</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>Hernu, - / Joly, Octave</t>
+          <t>Boulet, - / Joly, Octave</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>97498</v>
+        <v>97499</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 2</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Boulet, - / Joly, Octave</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>97499</v>
+        <v>97500</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 3</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Boulet, - / Joly, Octave</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>97500</v>
+        <v>97501</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 4</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Boulet, - / Joly, Octave</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>97501</v>
+        <v>97513</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Trois mois sur une épave - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 4</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>Boulet, - / Joly, Octave</t>
+          <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>97510</v>
+        <v>97514</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 1</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>97511</v>
+        <v>97515</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 2</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>97512</v>
+        <v>97516</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 3</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>97513</v>
+        <v>97517</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 4</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>97514</v>
+        <v>97426</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Baudouin s'empare de Constantinople - planche : 1B</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>Laurent, L. / Joly, Octave</t>
+          <t>Hernu, - / Joly, Octave</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>97515</v>
+        <v>97510</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 1</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>97516</v>
+        <v>97511</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 2</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>97517</v>
+        <v>97512</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Torpilles vivantes - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : M'attrape qui peut ! - planche : 3</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>97422</v>
+        <v>97528</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 1</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>97423</v>
+        <v>97529</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 2</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>97424</v>
+        <v>97530</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 3</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>97425</v>
+        <v>97531</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 4</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>97531</v>
+        <v>97422</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 1</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>97528</v>
+        <v>97423</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 2</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>97529</v>
+        <v>97424</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 3</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>97530</v>
+        <v>97425</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Chevalier au cygne - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : À dix ans à Aboukir - planche : 4</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>97418</v>
+        <v>97506</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 1</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>97419</v>
+        <v>97507</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 2</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>97420</v>
+        <v>97508</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 3</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>97421</v>
+        <v>97509</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 4</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>97427</v>
+        <v>97418</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 1</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>97428</v>
+        <v>97419</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 2</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>97429</v>
+        <v>97420</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 3</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>97430</v>
+        <v>97421</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : La Première photo aérienne - planche : 4</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>97507</v>
+        <v>97427</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 1</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>97508</v>
+        <v>97428</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 2</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>97509</v>
+        <v>97429</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 3</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>97506</v>
+        <v>97430</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Les Naufragés du Dalgonar - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Seul contre tous - planche : 4</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>97431</v>
+        <v>97433</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 3</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>97432</v>
+        <v>97434</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 4</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>97433</v>
+        <v>97518</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 1</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>97434</v>
+        <v>97519</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 2</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>97518</v>
+        <v>97520</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 3</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>97519</v>
+        <v>97521</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 4</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>97520</v>
+        <v>97522</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 5</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>97521</v>
+        <v>97523</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 1</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>97522</v>
+        <v>97431</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Gunther prien force scapa flow - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 1</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>97523</v>
+        <v>97432</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Le Paradis à 4807 mètres - planche : 2</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
@@ -3955,1431 +3955,1431 @@
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>97532</v>
+        <v>97524</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 1</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 2</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>97533</v>
+        <v>97525</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 3</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>97534</v>
+        <v>97526</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 4</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>97535</v>
+        <v>97527</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 5</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>97524</v>
+        <v>97532</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 2</t>
+          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 1</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>97525</v>
+        <v>97533</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 3</t>
+          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 2</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>97526</v>
+        <v>97534</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 4</t>
+          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 3</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>97527</v>
+        <v>97535</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Les Belles histoires de l'Oncle Paul : Romulus fonda Rome et Rémus. Reims - planche : 5</t>
+          <t>Les Belles histoires de l'Oncle Paul : Un éléphant au Vatican - planche : 4</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Laurent, L. / Joly, Octave</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>91423</v>
+        <v>91427</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : La Chose - planche : 1</t>
+          <t>Histoires en mille morceaux : Les Premiers morts de l'automobile - planche : 1</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>91424</v>
+        <v>91428</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : La Porte des traîtres - planche : 1</t>
+          <t>Histoires en mille morceaux : Un duel en 1836 - planche : 1</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>91425</v>
+        <v>91429</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Olympie engloutie - planche : 1</t>
+          <t>Histoires en mille morceaux : Nöel aux avant postes - planche : 1</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>91426</v>
+        <v>91430</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux :  Drôle d'Onondaga - planche : 1</t>
+          <t>Histoires en mille morceaux : La Résurrection d'Olympie - planche : 1</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>91427</v>
+        <v>91423</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Les Premiers morts de l'automobile - planche : 1</t>
+          <t>Histoires en mille morceaux : La Chose - planche : 1</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>91428</v>
+        <v>91424</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Un duel en 1836 - planche : 1</t>
+          <t>Histoires en mille morceaux : La Porte des traîtres - planche : 1</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>91429</v>
+        <v>91425</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Nöel aux avant postes - planche : 1</t>
+          <t>Histoires en mille morceaux : Olympie engloutie - planche : 1</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>91430</v>
+        <v>91426</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : La Résurrection d'Olympie - planche : 1</t>
+          <t>Histoires en mille morceaux :  Drôle d'Onondaga - planche : 1</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1980 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>91408</v>
+        <v>91431</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Ciel, mon maître brûle - planche : 1</t>
+          <t>Histoires en mille morceaux : La Nourrice de Washington - planche : 1</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>91409</v>
+        <v>91432</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Miracle des poissons - planche : 1</t>
+          <t>Histoires en mille morceaux : Bois contre crocs - planche : 1</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>91410</v>
+        <v>91433</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Geste - planche : 1</t>
+          <t>Histoires en mille morceaux : Good bye Piccadilly - planche : 1</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>91411</v>
+        <v>91434</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Trahison - planche : 1</t>
+          <t>Histoires en mille morceaux : Naissance d'un colosse - planche : 1</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>91412</v>
+        <v>91435</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Clémence impériale - planche : 1</t>
+          <t>Histoires en mille morceaux : Mort d'un colosse - planche : 1</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>91413</v>
+        <v>91399</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Énergie canine - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Rescapé au pyjama - planche : 1</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>91414</v>
+        <v>91436</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Saltimbanque - planche : 1</t>
+          <t>Histoires en mille morceaux : Le pourquoi d'un exploit - planche : 1</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>91415</v>
+        <v>91400</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Absolution en plein ciel - planche : 1</t>
+          <t>Histoires en mille morceaux : Drôle de garçon - planche : 1</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>91416</v>
+        <v>91437</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Rapt à Nöel - planche : 1</t>
+          <t>Histoires en mille morceaux : Comment finit le capitaine Kidd - planche : 1</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>91431</v>
+        <v>91401</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : La Nourrice de Washington - planche : 1</t>
+          <t>Histoires en mille morceaux : Qu'ils bouffent du foin - planche : 1</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>91432</v>
+        <v>91438</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Bois contre crocs - planche : 1</t>
+          <t>Histoires en mille morceaux : Mer humaine - planche : 1</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>91433</v>
+        <v>91402</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Good bye Piccadilly - planche : 1</t>
+          <t>Histoires en mille morceaux : La Consigne est la consigne - planche : 1</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>91434</v>
+        <v>91439</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Naissance d'un colosse - planche : 1</t>
+          <t>Histoires en mille morceaux : Les Sanglots du reporter - planche : 1</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>91435</v>
+        <v>91403</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Mort d'un colosse - planche : 1</t>
+          <t>Histoires en mille morceaux : L'Empereur et la gastronomie - planche : 1</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>91399</v>
+        <v>91440</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Rescapé au pyjama - planche : 1</t>
+          <t>Histoires en mille morceaux : L'Essuie glace - planche : 1</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>91436</v>
+        <v>91404</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le pourquoi d'un exploit - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Premier looping - planche : 1</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>91400</v>
+        <v>91405</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Drôle de garçon - planche : 1</t>
+          <t>Histoires en mille morceaux : Bataille pour la Vénus - planche : 1</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>91437</v>
+        <v>91406</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Comment finit le capitaine Kidd - planche : 1</t>
+          <t>Histoires en mille morceaux : Qu'on les pende ! - planche : 1</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>91401</v>
+        <v>91407</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Qu'ils bouffent du foin - planche : 1</t>
+          <t>Histoires en mille morceaux : Poulets sacrés - planche : 1</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>91438</v>
+        <v>91408</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Mer humaine - planche : 1</t>
+          <t>Histoires en mille morceaux : Ciel, mon maître brûle - planche : 1</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>91402</v>
+        <v>91409</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : La Consigne est la consigne - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Miracle des poissons - planche : 1</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>91439</v>
+        <v>91410</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Les Sanglots du reporter - planche : 1</t>
+          <t>Histoires en mille morceaux : Geste - planche : 1</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>91403</v>
+        <v>91411</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : L'Empereur et la gastronomie - planche : 1</t>
+          <t>Histoires en mille morceaux : Trahison - planche : 1</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>91440</v>
+        <v>91412</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : L'Essuie glace - planche : 1</t>
+          <t>Histoires en mille morceaux : Clémence impériale - planche : 1</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>91404</v>
+        <v>91413</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Le Premier looping - planche : 1</t>
+          <t>Histoires en mille morceaux : Énergie canine - planche : 1</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>91405</v>
+        <v>91414</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Bataille pour la Vénus - planche : 1</t>
+          <t>Histoires en mille morceaux : Le Saltimbanque - planche : 1</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>91406</v>
+        <v>91415</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Qu'on les pende ! - planche : 1</t>
+          <t>Histoires en mille morceaux : Absolution en plein ciel - planche : 1</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>91407</v>
+        <v>91416</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Histoires en mille morceaux : Poulets sacrés - planche : 1</t>
+          <t>Histoires en mille morceaux : Rapt à Nöel - planche : 1</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Doughty, Cecil Langley / Joly, Octave</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2"/>
     </row>