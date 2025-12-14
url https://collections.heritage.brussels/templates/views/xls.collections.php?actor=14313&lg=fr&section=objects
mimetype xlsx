--- v0 (2025-11-15)
+++ v1 (2025-12-14)
@@ -179,119 +179,119 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>91679</v>
+        <v>91677</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Aymone : Les Louves du toit du monde - planche : 3</t>
+          <t>Aymone : Les Louves du toit du monde - planche : 1</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>(Renaud Denauw), Renaud / Brouyère, Jean-Marie</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>91677</v>
+        <v>91678</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Aymone : Les Louves du toit du monde - planche : 1</t>
+          <t>Aymone : Les Louves du toit du monde - planche : 2</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>(Renaud Denauw), Renaud / Brouyère, Jean-Marie</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>91678</v>
+        <v>91679</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Aymone : Les Louves du toit du monde - planche : 2</t>
+          <t>Aymone : Les Louves du toit du monde - planche : 3</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>(Renaud Denauw), Renaud / Brouyère, Jean-Marie</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>