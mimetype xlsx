--- v0 (2025-10-23)
+++ v1 (2026-01-27)
@@ -179,2075 +179,2075 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>97401</v>
+        <v>92837</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - Illustration</t>
+          <t>Brian Howell : Het eiland der zombies - planche : 7</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>97402</v>
+        <v>92838</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - Illustration</t>
+          <t>Brian Howell : Het eiland der zombies - planche : 8</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>97407</v>
+        <v>97389</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - Scénario</t>
+          <t>Brian Howell - planche : 34B</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>scénario</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>97408</v>
+        <v>97390</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - Scénario</t>
+          <t>Brian Howell - planche : 35</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>scénario</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>97409</v>
+        <v>97391</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - couverture</t>
+          <t>Brian Howell - planche : 36</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>97389</v>
+        <v>97392</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 34B</t>
+          <t>Brian Howell - planche : 37</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>97390</v>
+        <v>97393</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 35</t>
+          <t>Brian Howell - planche : 38</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>97391</v>
+        <v>97394</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 36</t>
+          <t>Brian Howell - planche : 39</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>97392</v>
+        <v>97395</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 37</t>
+          <t>Brian Howell - planche : 15</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>97393</v>
+        <v>97396</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 38</t>
+          <t>Brian Howell - planche : 16</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>97394</v>
+        <v>97400</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 39</t>
+          <t>Brian Howell - Scénario</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>scénario</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>97395</v>
+        <v>92814</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 15</t>
+          <t>Brian Howell : Stripwinkel J.M.Lodewykx</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>autre</t>
         </is>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>97396</v>
+        <v>92831</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 16</t>
+          <t>Brian Howell : Het eiland der zombies - planche : 1</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>97400</v>
+        <v>92832</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - Scénario</t>
+          <t>Brian Howell : Het eiland der zombies - planche : 2</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>scénario</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>92814</v>
+        <v>92833</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Stripwinkel J.M.Lodewykx</t>
+          <t>Brian Howell : Het eiland der zombies - planche : 3</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>autre</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>92831</v>
+        <v>92834</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het eiland der zombies - planche : 1</t>
+          <t>Brian Howell : Het eiland der zombies - planche : 4</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>92832</v>
+        <v>92835</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het eiland der zombies - planche : 2</t>
+          <t>Brian Howell : Het eiland der zombies - planche : 5</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>92833</v>
+        <v>92836</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het eiland der zombies - planche : 3</t>
+          <t>Brian Howell : Het eiland der zombies - planche : 6</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>92834</v>
+        <v>97401</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het eiland der zombies - planche : 4</t>
+          <t>Brian Howell - Illustration</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>92835</v>
+        <v>97402</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het eiland der zombies - planche : 5</t>
+          <t>Brian Howell - Illustration</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>92836</v>
+        <v>97407</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het eiland der zombies - planche : 6</t>
+          <t>Brian Howell - Scénario</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>scénario</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>92837</v>
+        <v>97408</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het eiland der zombies - planche : 7</t>
+          <t>Brian Howell - Scénario</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>scénario</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>92838</v>
+        <v>97409</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het eiland der zombies - planche : 8</t>
+          <t>Brian Howell - couverture</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>couverture</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>92603</v>
+        <v>92582</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 61 et 62</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 17 et 18</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>92604</v>
+        <v>92583</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 63 et 64</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 19 et 20</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>92605</v>
+        <v>92584</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 65 et 66</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 21 et 22</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>92606</v>
+        <v>92585</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 67 et 68</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 23 et 24</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>92607</v>
+        <v>92586</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 69 et 70</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 25 et 26</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>92608</v>
+        <v>92587</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 71 et 72</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 27 et 28</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>92609</v>
+        <v>92588</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 73 et 74</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 31 et 32</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>92610</v>
+        <v>92589</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 75 et 76</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 33 et 34</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>92574</v>
+        <v>92590</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 1 et 2</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 35 et 36</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>92611</v>
+        <v>92591</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 77 et 78</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 37 et 38</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>92575</v>
+        <v>92592</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 3 et 4</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 39 et 40</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>92612</v>
+        <v>92593</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 79 et 80</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 41 et 42</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>92576</v>
+        <v>92594</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 5 et 6</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 43 et 44</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>92613</v>
+        <v>92595</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 81 et 82</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 45 et 46</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>92577</v>
+        <v>92596</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 7 et 8</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 51 et 52</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>92614</v>
+        <v>92597</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 83 et 84</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 49 et 50</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>92578</v>
+        <v>92598</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 9 et 10</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 47 et 48</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>92615</v>
+        <v>92599</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 85 et 86</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 53 et 54</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>92579</v>
+        <v>92600</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 11 et 12</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 55 et 56</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>92616</v>
+        <v>92601</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 87 et 88</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 57 et 58</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>92580</v>
+        <v>92602</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 13 et 14</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 59 et 60</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>92617</v>
+        <v>92603</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 89 et 90</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 61 et 62</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>92581</v>
+        <v>92604</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 15 et 16</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 63 et 64</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>92582</v>
+        <v>92605</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 17 et 18</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 65 et 66</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>92583</v>
+        <v>92606</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 19 et 20</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 67 et 68</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>92584</v>
+        <v>92607</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 21 et 22</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 69 et 70</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>92585</v>
+        <v>92608</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 23 et 24</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 71 et 72</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>92586</v>
+        <v>92609</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 25 et 26</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 73 et 74</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>92587</v>
+        <v>92610</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 27 et 28</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 75 et 76</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>92588</v>
+        <v>92574</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 31 et 32</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 1 et 2</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>92589</v>
+        <v>92611</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 33 et 34</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 77 et 78</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>92590</v>
+        <v>92575</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 35 et 36</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 3 et 4</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>92591</v>
+        <v>92612</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 37 et 38</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 79 et 80</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>92592</v>
+        <v>92576</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 39 et 40</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 5 et 6</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>92593</v>
+        <v>92613</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 41 et 42</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 81 et 82</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>92594</v>
+        <v>92577</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 43 et 44</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 7 et 8</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>92595</v>
+        <v>92614</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 45 et 46</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 83 et 84</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>92596</v>
+        <v>92578</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 51 et 52</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 9 et 10</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>92597</v>
+        <v>92615</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 49 et 50</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 85 et 86</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>92598</v>
+        <v>92579</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 47 et 48</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 11 et 12</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>92599</v>
+        <v>92616</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 53 et 54</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 87 et 88</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>92600</v>
+        <v>92580</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 55 et 56</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 13 et 14</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>92601</v>
+        <v>92617</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 57 et 58</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 89 et 90</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>92602</v>
+        <v>92581</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 59 et 60</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 15 et 16</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
@@ -2711,4863 +2711,4863 @@
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>92508</v>
+        <v>92509</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 12</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 13</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>92545</v>
+        <v>92546</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 51</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 52</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>92509</v>
+        <v>92510</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 13</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 14</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>92546</v>
+        <v>92547</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 52</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 53</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>92510</v>
+        <v>92511</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 14</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 15</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>92547</v>
+        <v>92548</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 53</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 54</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>92511</v>
+        <v>92512</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 15</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 16</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>92548</v>
+        <v>92549</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 54</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 55</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>92512</v>
+        <v>92513</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 16</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 17</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>92549</v>
+        <v>92550</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 55</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 56</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>92513</v>
+        <v>92514</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 17</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 18</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>92550</v>
+        <v>92551</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 56</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 57</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>92514</v>
+        <v>92515</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 18</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 19</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>92551</v>
+        <v>92552</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 57</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 58</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>92515</v>
+        <v>92516</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 19</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 20</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>92552</v>
+        <v>92553</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 58</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 59</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>92516</v>
+        <v>92517</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 20</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 21</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>92553</v>
+        <v>92554</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 59</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 60</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>92517</v>
+        <v>92518</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 21</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 22</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>92554</v>
+        <v>92555</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 60</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 61</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>92518</v>
+        <v>92519</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 22</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 25</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>92555</v>
+        <v>92556</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 61</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 62</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>92519</v>
+        <v>92520</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 25</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 26</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>92556</v>
+        <v>92557</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 62</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 63</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>92520</v>
+        <v>92521</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 26</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 27</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>92557</v>
+        <v>92558</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 63</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 64</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>92521</v>
+        <v>92522</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 27</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 28</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>92558</v>
+        <v>92559</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 64</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 65</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>92522</v>
+        <v>92523</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 28</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 29</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>92559</v>
+        <v>92560</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 65</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 66</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>92523</v>
+        <v>92524</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 29</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 30</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>92560</v>
+        <v>92561</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 66</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 67</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>92524</v>
+        <v>92525</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 30</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 31</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>92561</v>
+        <v>92562</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 67</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 68</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>92525</v>
+        <v>92526</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 31</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 32</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>92562</v>
+        <v>92563</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 68</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 69</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>92526</v>
+        <v>92527</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 32</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 33</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>92563</v>
+        <v>92564</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 69</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 70</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>92527</v>
+        <v>92528</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 33</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 34</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>92564</v>
+        <v>92565</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 70</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 71</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>92528</v>
+        <v>92529</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 34</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 35</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>92565</v>
+        <v>92566</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 71</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 72</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>92529</v>
+        <v>92530</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 35</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 36</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>92566</v>
+        <v>92531</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 72</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 37</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>92530</v>
+        <v>92532</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 36</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 38</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>92531</v>
+        <v>92496</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 37</t>
+          <t>Brian Howell : De verdwenen SR-71 - illustration</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
-[...3 lines deleted...]
-      <c r="H129" s="2"/>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G129" s="2" t="inlineStr">
+        <is>
+          <t>cuir</t>
+        </is>
+      </c>
+      <c r="H129" s="2" t="inlineStr">
+        <is>
+          <t>couture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>92532</v>
+        <v>92533</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 38</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 39</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>92496</v>
+        <v>92497</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - illustration</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 1</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
-[...11 lines deleted...]
-      </c>
+          <t>planche originale</t>
+        </is>
+      </c>
+      <c r="G131" s="2"/>
+      <c r="H131" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>92533</v>
+        <v>92534</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 39</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 40</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>92497</v>
+        <v>92498</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 1</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 2</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>92534</v>
+        <v>92535</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 40</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 41</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>92498</v>
+        <v>92499</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 2</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 3</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>92535</v>
+        <v>92536</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 41</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 42</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>92499</v>
+        <v>92500</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 3</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 4</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>92536</v>
+        <v>92537</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 42</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 43</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>92500</v>
+        <v>92501</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 4</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 5</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>92537</v>
+        <v>92538</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 43</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 44</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>92501</v>
+        <v>92502</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 5</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 6</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>92538</v>
+        <v>92539</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 44</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 45</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>92502</v>
+        <v>92503</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 6</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 7</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>92539</v>
+        <v>92540</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 45</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 46</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>92503</v>
+        <v>92504</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 7</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 8</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>92540</v>
+        <v>92541</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 46</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 47</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>92504</v>
+        <v>92505</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 8</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 9</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>92541</v>
+        <v>92542</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 47</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 48</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>92505</v>
+        <v>92506</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 9</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 10</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>92542</v>
+        <v>92543</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 48</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 49</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>92506</v>
+        <v>92507</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 10</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 11</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>92543</v>
+        <v>92544</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 49</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 50</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>92507</v>
+        <v>92508</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 11</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 12</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>92544</v>
+        <v>92545</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 50</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 51</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>92645</v>
+        <v>92619</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 28</t>
+          <t>Brian Howell : Operatie Tabun - illustration</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>92682</v>
+        <v>92620</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 65</t>
+          <t>Brian Howell : Operatie Tabun - planche : 1</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>92646</v>
+        <v>92621</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 29</t>
+          <t>Brian Howell : Operatie Tabun - planche : 2</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>92683</v>
+        <v>92622</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 66</t>
+          <t>Brian Howell : Operatie Tabun - planche : 3</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>92647</v>
+        <v>92623</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 30</t>
+          <t>Brian Howell : Operatie Tabun - planche : 4</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>92684</v>
+        <v>92624</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 67</t>
+          <t>Brian Howell : Operatie Tabun - planche : 5</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>92648</v>
+        <v>92625</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 31</t>
+          <t>Brian Howell : Operatie Tabun - planche : 6</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>92685</v>
+        <v>92626</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 68</t>
+          <t>Brian Howell : Operatie Tabun - planche : 7</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>92649</v>
+        <v>92627</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 32</t>
+          <t>Brian Howell : Operatie Tabun - planche : 8</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>92686</v>
+        <v>92628</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 69</t>
+          <t>Brian Howell : Operatie Tabun - planche : 9</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>92650</v>
+        <v>92629</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 33</t>
+          <t>Brian Howell : Operatie Tabun - planche : 10</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>92687</v>
+        <v>92630</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 70</t>
+          <t>Brian Howell : Operatie Tabun - planche : 11</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>92651</v>
+        <v>92631</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 34</t>
+          <t>Brian Howell : Operatie Tabun - planche : 12</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>92688</v>
+        <v>92632</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 71</t>
+          <t>Brian Howell : Operatie Tabun - planche : 13</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>92652</v>
+        <v>92633</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 35</t>
+          <t>Brian Howell : Operatie Tabun - planche : 14</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>92689</v>
+        <v>92634</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 72</t>
+          <t>Brian Howell : Operatie Tabun - planche : 15</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>92653</v>
+        <v>92635</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 36</t>
+          <t>Brian Howell : Operatie Tabun - planche : 16</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>92690</v>
+        <v>92636</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 73</t>
+          <t>Brian Howell : Operatie Tabun - planche : 17</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>92654</v>
+        <v>92637</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 37</t>
+          <t>Brian Howell : Operatie Tabun - planche : 18</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>92691</v>
+        <v>92573</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 74</t>
+          <t>Brian Howell : De verdwenen SR-71 - illustration</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>92655</v>
+        <v>92691</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 38</t>
+          <t>Brian Howell : Operatie Tabun - planche : 74</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>92692</v>
+        <v>92655</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 75</t>
+          <t>Brian Howell : Operatie Tabun - planche : 38</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>92656</v>
+        <v>92692</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 39</t>
+          <t>Brian Howell : Operatie Tabun - planche : 75</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>92693</v>
+        <v>92656</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 76</t>
+          <t>Brian Howell : Operatie Tabun - planche : 39</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>92657</v>
+        <v>92693</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 40</t>
+          <t>Brian Howell : Operatie Tabun - planche : 76</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>92694</v>
+        <v>92657</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 77</t>
+          <t>Brian Howell : Operatie Tabun - planche : 40</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>92658</v>
+        <v>92694</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 41</t>
+          <t>Brian Howell : Operatie Tabun - planche : 77</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>92695</v>
+        <v>92658</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 78</t>
+          <t>Brian Howell : Operatie Tabun - planche : 41</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>92659</v>
+        <v>92695</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 42</t>
+          <t>Brian Howell : Operatie Tabun - planche : 78</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>92696</v>
+        <v>92659</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 79</t>
+          <t>Brian Howell : Operatie Tabun - planche : 42</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>92660</v>
+        <v>92696</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 43</t>
+          <t>Brian Howell : Operatie Tabun - planche : 79</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>92697</v>
+        <v>92660</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 80</t>
+          <t>Brian Howell : Operatie Tabun - planche : 43</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>92661</v>
+        <v>92697</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 44</t>
+          <t>Brian Howell : Operatie Tabun - planche : 80</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>92662</v>
+        <v>92661</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 45</t>
+          <t>Brian Howell : Operatie Tabun - planche : 44</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>92663</v>
+        <v>92662</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 46</t>
+          <t>Brian Howell : Operatie Tabun - planche : 45</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>92664</v>
+        <v>92663</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 47</t>
+          <t>Brian Howell : Operatie Tabun - planche : 46</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>92665</v>
+        <v>92664</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 48</t>
+          <t>Brian Howell : Operatie Tabun - planche : 47</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>92666</v>
+        <v>92665</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 49</t>
+          <t>Brian Howell : Operatie Tabun - planche : 48</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>92667</v>
+        <v>92666</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 50</t>
+          <t>Brian Howell : Operatie Tabun - planche : 49</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>92668</v>
+        <v>92667</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 51</t>
+          <t>Brian Howell : Operatie Tabun - planche : 50</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>92669</v>
+        <v>92668</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 52</t>
+          <t>Brian Howell : Operatie Tabun - planche : 51</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>92670</v>
+        <v>92669</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 53</t>
+          <t>Brian Howell : Operatie Tabun - planche : 52</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>92671</v>
+        <v>92670</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 54</t>
+          <t>Brian Howell : Operatie Tabun - planche : 53</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>92672</v>
+        <v>92671</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 55</t>
+          <t>Brian Howell : Operatie Tabun - planche : 54</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>92673</v>
+        <v>92672</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 56</t>
+          <t>Brian Howell : Operatie Tabun - planche : 55</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>92674</v>
+        <v>92673</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 57</t>
+          <t>Brian Howell : Operatie Tabun - planche : 56</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>92638</v>
+        <v>92674</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 19</t>
+          <t>Brian Howell : Operatie Tabun - planche : 57</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>92675</v>
+        <v>92638</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 58</t>
+          <t>Brian Howell : Operatie Tabun - planche : 19</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>92639</v>
+        <v>92675</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 20</t>
+          <t>Brian Howell : Operatie Tabun - planche : 58</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>92676</v>
+        <v>92639</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 59</t>
+          <t>Brian Howell : Operatie Tabun - planche : 20</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>92640</v>
+        <v>92676</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 21</t>
+          <t>Brian Howell : Operatie Tabun - planche : 59</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>92677</v>
+        <v>92640</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 60</t>
+          <t>Brian Howell : Operatie Tabun - planche : 21</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>92641</v>
+        <v>92677</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 22</t>
+          <t>Brian Howell : Operatie Tabun - planche : 60</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>92678</v>
+        <v>92641</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 61</t>
+          <t>Brian Howell : Operatie Tabun - planche : 22</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>92642</v>
+        <v>92678</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 23</t>
+          <t>Brian Howell : Operatie Tabun - planche : 61</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>92679</v>
+        <v>92642</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 62</t>
+          <t>Brian Howell : Operatie Tabun - planche : 23</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>92643</v>
+        <v>92679</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 24</t>
+          <t>Brian Howell : Operatie Tabun - planche : 62</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>92680</v>
+        <v>92643</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 63</t>
+          <t>Brian Howell : Operatie Tabun - planche : 24</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>92644</v>
+        <v>92680</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 27</t>
+          <t>Brian Howell : Operatie Tabun - planche : 63</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>92681</v>
+        <v>92644</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 64</t>
+          <t>Brian Howell : Operatie Tabun - planche : 27</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>92573</v>
+        <v>92681</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - illustration</t>
+          <t>Brian Howell : Operatie Tabun - planche : 64</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>92619</v>
+        <v>92645</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - illustration</t>
+          <t>Brian Howell : Operatie Tabun - planche : 28</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>92620</v>
+        <v>92682</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 1</t>
+          <t>Brian Howell : Operatie Tabun - planche : 65</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>92621</v>
+        <v>92646</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 2</t>
+          <t>Brian Howell : Operatie Tabun - planche : 29</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>92622</v>
+        <v>92683</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 3</t>
+          <t>Brian Howell : Operatie Tabun - planche : 66</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>92623</v>
+        <v>92647</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 4</t>
+          <t>Brian Howell : Operatie Tabun - planche : 30</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>92624</v>
+        <v>92684</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 5</t>
+          <t>Brian Howell : Operatie Tabun - planche : 67</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>92625</v>
+        <v>92648</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 6</t>
+          <t>Brian Howell : Operatie Tabun - planche : 31</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>92626</v>
+        <v>92685</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 7</t>
+          <t>Brian Howell : Operatie Tabun - planche : 68</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>92627</v>
+        <v>92649</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 8</t>
+          <t>Brian Howell : Operatie Tabun - planche : 32</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>92628</v>
+        <v>92686</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 9</t>
+          <t>Brian Howell : Operatie Tabun - planche : 69</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>92629</v>
+        <v>92650</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 10</t>
+          <t>Brian Howell : Operatie Tabun - planche : 33</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>92630</v>
+        <v>92687</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 11</t>
+          <t>Brian Howell : Operatie Tabun - planche : 70</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>92631</v>
+        <v>92651</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 12</t>
+          <t>Brian Howell : Operatie Tabun - planche : 34</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>92632</v>
+        <v>92688</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 13</t>
+          <t>Brian Howell : Operatie Tabun - planche : 71</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>92633</v>
+        <v>92652</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 14</t>
+          <t>Brian Howell : Operatie Tabun - planche : 35</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>92634</v>
+        <v>92689</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 15</t>
+          <t>Brian Howell : Operatie Tabun - planche : 72</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>92635</v>
+        <v>92653</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 16</t>
+          <t>Brian Howell : Operatie Tabun - planche : 36</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>92636</v>
+        <v>92690</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 17</t>
+          <t>Brian Howell : Operatie Tabun - planche : 73</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>92637</v>
+        <v>92654</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 18</t>
+          <t>Brian Howell : Operatie Tabun - planche : 37</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2"/>
     </row>
@@ -7935,2295 +7935,2295 @@
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>92713</v>
+        <v>92727</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 14</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 28</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>92750</v>
+        <v>92764</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 51</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 65</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>92714</v>
+        <v>92728</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 15</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 29</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>92751</v>
+        <v>92765</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 52</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 66</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>92715</v>
+        <v>92729</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 16</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 30</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>92752</v>
+        <v>92766</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 53</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 67</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>92716</v>
+        <v>92730</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 17</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 31</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>92753</v>
+        <v>92767</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 54</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 68</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>92717</v>
+        <v>92731</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 18</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 32</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>92754</v>
+        <v>92768</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 55</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 69</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>92718</v>
+        <v>92732</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 19</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 33</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>92755</v>
+        <v>92769</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 56</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 70</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>92719</v>
+        <v>92733</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 20</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 34</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>92756</v>
+        <v>92770</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 57</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 71</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>92720</v>
+        <v>92734</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 21</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 35</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>92757</v>
+        <v>92771</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 58</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 72</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>92721</v>
+        <v>92735</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 22</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 36</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>92758</v>
+        <v>92772</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 59</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 73</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>92722</v>
+        <v>92736</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 23</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 37</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>92759</v>
+        <v>92773</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 60</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 74</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>92723</v>
+        <v>92737</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 24</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 38</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>92760</v>
+        <v>92774</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 61</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 75</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>92724</v>
+        <v>92738</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 25</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 39</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>92761</v>
+        <v>92775</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 62</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 76</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>92725</v>
+        <v>92739</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 26</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 40</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>92762</v>
+        <v>92776</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 63</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 77</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G272" s="2"/>
       <c r="H272" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>92726</v>
+        <v>92740</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 27</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 41</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>92763</v>
+        <v>92777</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 64</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 78</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>92727</v>
+        <v>92741</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 28</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 42</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>92764</v>
+        <v>92778</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 65</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 79</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>92728</v>
+        <v>92742</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 29</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 43</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>92765</v>
+        <v>92779</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 66</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 80</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G278" s="2"/>
       <c r="H278" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>92729</v>
+        <v>92743</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 30</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 44</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>92766</v>
+        <v>92744</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 67</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 45</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>92730</v>
+        <v>92745</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 31</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 46</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>92767</v>
+        <v>92709</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 68</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 10</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>92731</v>
+        <v>92746</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 32</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 47</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>92768</v>
+        <v>92710</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 69</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 11</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>92732</v>
+        <v>92747</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 33</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 48</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>92769</v>
+        <v>92711</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 70</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 12</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>92733</v>
+        <v>92748</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 34</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 49</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>92770</v>
+        <v>92712</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 71</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 13</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>92734</v>
+        <v>92749</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 35</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 50</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>92771</v>
+        <v>92713</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 72</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 14</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>92735</v>
+        <v>92750</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 36</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 51</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>92772</v>
+        <v>92714</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 73</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 15</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>92736</v>
+        <v>92751</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 37</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 52</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>92773</v>
+        <v>92715</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 74</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 16</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>92737</v>
+        <v>92752</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 38</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 53</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>92774</v>
+        <v>92716</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 75</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 17</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>92738</v>
+        <v>92753</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 39</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 54</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>92775</v>
+        <v>92717</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 76</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 18</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>92739</v>
+        <v>92754</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 40</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 55</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>92776</v>
+        <v>92718</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 77</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 19</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>92740</v>
+        <v>92755</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 41</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 56</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G301" s="2"/>
       <c r="H301" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>92777</v>
+        <v>92719</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 78</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 20</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>92741</v>
+        <v>92756</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 42</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 57</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>92778</v>
+        <v>92720</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 79</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 21</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>92742</v>
+        <v>92757</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 43</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 58</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>92779</v>
+        <v>92721</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 80</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 22</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>92743</v>
+        <v>92758</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 44</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 59</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>92744</v>
+        <v>92722</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 45</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 23</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>92745</v>
+        <v>92759</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 46</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 60</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>92709</v>
+        <v>92723</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 10</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 24</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>92746</v>
+        <v>92760</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 47</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 61</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>92710</v>
+        <v>92724</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 11</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 25</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>92747</v>
+        <v>92761</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 48</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 62</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>92711</v>
+        <v>92725</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 12</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 26</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>92748</v>
+        <v>92762</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 49</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 63</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>92712</v>
+        <v>92726</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 13</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 27</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>92749</v>
+        <v>92763</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 50</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 64</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2"/>
     </row>
@@ -10431,1335 +10431,1335 @@
       <c r="C324" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D324" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E324" s="2" t="inlineStr">
         <is>
           <t>1976 - </t>
         </is>
       </c>
       <c r="F324" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="1" t="n">
-        <v>97406</v>
+        <v>92822</v>
       </c>
       <c r="B325" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - Illustration</t>
+          <t>Brian Howell : Gelukkig en voorspoedig nieuwjaar</t>
         </is>
       </c>
       <c r="C325" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D325" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E325" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>
         </is>
       </c>
       <c r="F325" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>autre</t>
         </is>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="1" t="n">
-        <v>92822</v>
+        <v>97406</v>
       </c>
       <c r="B326" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Gelukkig en voorspoedig nieuwjaar</t>
+          <t>Brian Howell - Illustration</t>
         </is>
       </c>
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
-          <t>autre</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>97403</v>
+        <v>92800</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 50</t>
+          <t>Brian Howell : Het verboden eiland - planche : 43A</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>97404</v>
+        <v>92801</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 36</t>
+          <t>Brian Howell : Het verboden eiland - planche : 45</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G328" s="2"/>
       <c r="H328" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>97405</v>
+        <v>92802</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 76</t>
+          <t>Brian Howell : Het verboden eiland - planche : 50A</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G329" s="2"/>
       <c r="H329" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>92802</v>
+        <v>92803</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 50A</t>
+          <t>Brian Howell : Het verboden eiland - planche : 52</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>92803</v>
+        <v>92804</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 52</t>
+          <t>Brian Howell : Het verboden eiland - planche : 57A</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>92804</v>
+        <v>92805</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 57A</t>
+          <t>Brian Howell : Het verboden eiland - planche : 59</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>92805</v>
+        <v>92806</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 59</t>
+          <t>Brian Howell : Het verboden eiland - planche : 60</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>92806</v>
+        <v>92807</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 60</t>
+          <t>Brian Howell : Het verboden eiland - planche : 61</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>92807</v>
+        <v>92808</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 61</t>
+          <t>Brian Howell : Het verboden eiland - planche : 64</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>92808</v>
+        <v>92809</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 64</t>
+          <t>Brian Howell : Het verboden eiland - planche : 69</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>92809</v>
+        <v>92810</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 69</t>
+          <t>Brian Howell : Het verboden eiland - planche : 72</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>92810</v>
+        <v>97397</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 72</t>
+          <t>Brian Howell - planche : 13</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>97397</v>
+        <v>92811</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 13</t>
+          <t>Brian Howell : Het verboden eiland - planche : 77</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>92811</v>
+        <v>97398</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 77</t>
+          <t>Brian Howell - planche : 23</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>97398</v>
+        <v>92812</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 23</t>
+          <t>Brian Howell : Het verboden eiland - planche : 78</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>92812</v>
+        <v>92813</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 78</t>
+          <t>Brian Howell : Het verboden eiland - planche : 79</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>92813</v>
+        <v>92780</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 79</t>
+          <t>Brian Howell : Het verboden eiland - planche : 3B</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>92780</v>
+        <v>92781</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 3B</t>
+          <t>Brian Howell : Het verboden eiland - planche : 4A</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>92781</v>
+        <v>92782</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 4A</t>
+          <t>Brian Howell : Het verboden eiland - planche : 10</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G345" s="2"/>
       <c r="H345" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>92782</v>
+        <v>92783</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 10</t>
+          <t>Brian Howell : Het verboden eiland - planche : 16</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>92783</v>
+        <v>92784</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 16</t>
+          <t>Brian Howell : Het verboden eiland - planche : 17</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G347" s="2"/>
       <c r="H347" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>92784</v>
+        <v>92785</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 17</t>
+          <t>Brian Howell : Het verboden eiland - planche : 18B</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G348" s="2"/>
       <c r="H348" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>92785</v>
+        <v>92786</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 18B</t>
+          <t>Brian Howell : Het verboden eiland - planche : 24</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>92786</v>
+        <v>92787</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 24</t>
+          <t>Brian Howell : Het verboden eiland - planche : 25</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G350" s="2"/>
       <c r="H350" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>92787</v>
+        <v>92788</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 25</t>
+          <t>Brian Howell : Het verboden eiland - planche : 26</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D351" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E351" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>92788</v>
+        <v>92789</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 26</t>
+          <t>Brian Howell : Het verboden eiland - planche : 27</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G352" s="2"/>
       <c r="H352" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>92789</v>
+        <v>92790</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 27</t>
+          <t>Brian Howell : Het verboden eiland - planche : 29</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E353" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G353" s="2"/>
       <c r="H353" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>92790</v>
+        <v>92791</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 29</t>
+          <t>Brian Howell : Het verboden eiland - planche : 30</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D354" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E354" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>92791</v>
+        <v>92792</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 30</t>
+          <t>Brian Howell : Het verboden eiland - planche : 31</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G355" s="2"/>
       <c r="H355" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>92792</v>
+        <v>92793</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 31</t>
+          <t>Brian Howell : Het verboden eiland - planche : 33</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E356" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G356" s="2"/>
       <c r="H356" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>92793</v>
+        <v>92794</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 33</t>
+          <t>Brian Howell : Het verboden eiland - planche : 34</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G357" s="2"/>
       <c r="H357" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>92794</v>
+        <v>92795</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 34</t>
+          <t>Brian Howell : Het verboden eiland - planche : 35</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>92795</v>
+        <v>92796</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 35</t>
+          <t>Brian Howell : Het verboden eiland - planche : 37</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>92796</v>
+        <v>92797</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 37</t>
+          <t>Brian Howell : Het verboden eiland - planche : 39</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G360" s="2"/>
       <c r="H360" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>92797</v>
+        <v>92798</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 39</t>
+          <t>Brian Howell : Het verboden eiland - planche : 40</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G361" s="2"/>
       <c r="H361" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>92798</v>
+        <v>92799</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 40</t>
+          <t>Brian Howell : Het verboden eiland - planche : 42A</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="1" t="n">
-        <v>92799</v>
+        <v>97403</v>
       </c>
       <c r="B363" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 42A</t>
+          <t>Brian Howell - planche : 50</t>
         </is>
       </c>
       <c r="C363" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D363" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E363" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F363" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G363" s="2"/>
       <c r="H363" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="1" t="n">
-        <v>92800</v>
+        <v>97404</v>
       </c>
       <c r="B364" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 43A</t>
+          <t>Brian Howell - planche : 36</t>
         </is>
       </c>
       <c r="C364" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D364" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E364" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F364" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G364" s="2"/>
       <c r="H364" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="1" t="n">
-        <v>92801</v>
+        <v>97405</v>
       </c>
       <c r="B365" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 45</t>
+          <t>Brian Howell - planche : 76</t>
         </is>
       </c>
       <c r="C365" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D365" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E365" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F365" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2"/>
     </row>