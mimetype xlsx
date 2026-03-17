--- v1 (2026-01-27)
+++ v2 (2026-03-17)
@@ -823,1431 +823,1431 @@
         <is>
           <t>Brian Howell - couverture</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>couverture</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>92582</v>
+        <v>92590</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 17 et 18</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 35 et 36</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>92583</v>
+        <v>92591</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 19 et 20</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 37 et 38</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>92584</v>
+        <v>92592</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 21 et 22</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 39 et 40</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>92585</v>
+        <v>92593</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 23 et 24</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 41 et 42</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>92586</v>
+        <v>92594</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 25 et 26</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 43 et 44</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>92587</v>
+        <v>92595</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 27 et 28</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 45 et 46</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>92588</v>
+        <v>92596</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 31 et 32</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 51 et 52</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>92589</v>
+        <v>92597</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 33 et 34</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 49 et 50</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>92590</v>
+        <v>92598</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 35 et 36</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 47 et 48</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>92591</v>
+        <v>92599</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 37 et 38</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 53 et 54</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>92592</v>
+        <v>92600</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 39 et 40</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 55 et 56</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>92593</v>
+        <v>92601</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 41 et 42</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 57 et 58</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>92594</v>
+        <v>92602</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 43 et 44</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 59 et 60</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>92595</v>
+        <v>92603</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 45 et 46</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 61 et 62</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>92596</v>
+        <v>92604</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 51 et 52</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 63 et 64</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>92597</v>
+        <v>92605</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 49 et 50</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 65 et 66</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>92598</v>
+        <v>92606</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 47 et 48</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 67 et 68</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>92599</v>
+        <v>92607</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 53 et 54</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 69 et 70</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>92600</v>
+        <v>92608</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 55 et 56</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 71 et 72</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>92601</v>
+        <v>92609</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 57 et 58</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 73 et 74</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>92602</v>
+        <v>92610</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 59 et 60</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 75 et 76</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>92603</v>
+        <v>92574</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 61 et 62</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 1 et 2</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>92604</v>
+        <v>92611</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 63 et 64</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 77 et 78</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>92605</v>
+        <v>92575</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 65 et 66</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 3 et 4</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>92606</v>
+        <v>92612</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 67 et 68</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 79 et 80</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>92607</v>
+        <v>92576</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 69 et 70</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 5 et 6</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>92608</v>
+        <v>92613</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 71 et 72</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 81 et 82</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>92609</v>
+        <v>92577</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 73 et 74</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 7 et 8</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>92610</v>
+        <v>92614</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 75 et 76</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 83 et 84</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>92574</v>
+        <v>92578</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 1 et 2</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 9 et 10</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>92611</v>
+        <v>92615</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 77 et 78</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 85 et 86</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>92575</v>
+        <v>92579</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 3 et 4</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 11 et 12</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>92612</v>
+        <v>92616</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 79 et 80</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 87 et 88</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>92576</v>
+        <v>92580</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 5 et 6</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 13 et 14</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>92613</v>
+        <v>92617</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 81 et 82</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 89 et 90</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>92577</v>
+        <v>92581</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 7 et 8</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 15 et 16</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>92614</v>
+        <v>92582</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 83 et 84</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 17 et 18</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>92578</v>
+        <v>92583</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 9 et 10</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 19 et 20</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>92615</v>
+        <v>92584</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 85 et 86</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 21 et 22</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>92579</v>
+        <v>92585</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 11 et 12</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 23 et 24</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>92616</v>
+        <v>92586</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 87 et 88</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 25 et 26</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>92580</v>
+        <v>92587</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 13 et 14</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 27 et 28</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>92617</v>
+        <v>92588</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 89 et 90</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 31 et 32</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>92581</v>
+        <v>92589</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De duivelse kolonel - planche : 15 et 16</t>
+          <t>Brian Howell : De duivelse kolonel - planche : 33 et 34</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain / Leemans, Hec</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
@@ -2711,2815 +2711,2815 @@
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>92509</v>
+        <v>92557</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 13</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 63</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>92546</v>
+        <v>92521</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 52</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 27</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>92510</v>
+        <v>92558</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 14</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 64</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>92547</v>
+        <v>92522</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 53</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 28</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>92511</v>
+        <v>92559</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 15</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 65</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>92548</v>
+        <v>92523</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 54</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 29</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>92512</v>
+        <v>92560</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 16</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 66</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>92549</v>
+        <v>92524</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 55</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 30</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>92513</v>
+        <v>92561</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 17</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 67</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>92550</v>
+        <v>92525</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 56</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 31</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>92514</v>
+        <v>92562</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 18</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 68</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>92551</v>
+        <v>92526</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 57</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 32</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>92515</v>
+        <v>92563</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 19</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 69</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>92552</v>
+        <v>92527</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 58</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 33</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>92516</v>
+        <v>92564</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 20</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 70</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>92553</v>
+        <v>92528</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 59</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 34</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>92517</v>
+        <v>92565</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 21</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 71</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>92554</v>
+        <v>92529</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 60</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 35</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>92518</v>
+        <v>92566</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 22</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 72</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>92555</v>
+        <v>92530</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 61</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 36</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>92519</v>
+        <v>92531</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 25</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 37</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>92556</v>
+        <v>92532</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 62</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 38</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>92520</v>
+        <v>92496</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 26</t>
+          <t>Brian Howell : De verdwenen SR-71 - illustration</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
-[...3 lines deleted...]
-      <c r="H106" s="2"/>
+          <t>illustration</t>
+        </is>
+      </c>
+      <c r="G106" s="2" t="inlineStr">
+        <is>
+          <t>cuir</t>
+        </is>
+      </c>
+      <c r="H106" s="2" t="inlineStr">
+        <is>
+          <t>couture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>92557</v>
+        <v>92533</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 63</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 39</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>92521</v>
+        <v>92497</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 27</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 1</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>92558</v>
+        <v>92534</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 64</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 40</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>92522</v>
+        <v>92498</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 28</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 2</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>92559</v>
+        <v>92535</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 65</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 41</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>92523</v>
+        <v>92499</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 29</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 3</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>92560</v>
+        <v>92536</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 66</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 42</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>92524</v>
+        <v>92500</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 30</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 4</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>92561</v>
+        <v>92537</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 67</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 43</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>92525</v>
+        <v>92501</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 31</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 5</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>92562</v>
+        <v>92538</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 68</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 44</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>92526</v>
+        <v>92502</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 32</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 6</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>92563</v>
+        <v>92539</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 69</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 45</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>92527</v>
+        <v>92503</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 33</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 7</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>92564</v>
+        <v>92540</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 70</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 46</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>92528</v>
+        <v>92504</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 34</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 8</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>92565</v>
+        <v>92541</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 71</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 47</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>92529</v>
+        <v>92505</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 35</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 9</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>92566</v>
+        <v>92542</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 72</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 48</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>92530</v>
+        <v>92506</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 36</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 10</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>92531</v>
+        <v>92543</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 37</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 49</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>92532</v>
+        <v>92507</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 38</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 11</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>92496</v>
+        <v>92544</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - illustration</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 50</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
-[...11 lines deleted...]
-      </c>
+          <t>planche originale</t>
+        </is>
+      </c>
+      <c r="G129" s="2"/>
+      <c r="H129" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>92533</v>
+        <v>92508</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 39</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 12</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>92497</v>
+        <v>92545</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 1</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 51</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>92534</v>
+        <v>92509</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 40</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 13</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>92498</v>
+        <v>92546</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 2</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 52</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>92535</v>
+        <v>92510</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 41</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 14</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>92499</v>
+        <v>92547</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 3</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 53</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>92536</v>
+        <v>92511</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 42</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 15</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>92500</v>
+        <v>92548</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 4</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 54</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>92537</v>
+        <v>92512</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 43</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 16</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>92501</v>
+        <v>92549</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 5</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 55</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>92538</v>
+        <v>92513</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 44</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 17</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>92502</v>
+        <v>92550</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 6</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 56</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>92539</v>
+        <v>92514</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 45</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 18</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>92503</v>
+        <v>92551</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 7</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 57</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>92540</v>
+        <v>92515</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 46</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 19</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
-        <v>92504</v>
+        <v>92552</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 8</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 58</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="n">
-        <v>92541</v>
+        <v>92516</v>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 47</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 20</t>
         </is>
       </c>
       <c r="C146" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D146" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E146" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="n">
-        <v>92505</v>
+        <v>92553</v>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 9</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 59</t>
         </is>
       </c>
       <c r="C147" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D147" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E147" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="n">
-        <v>92542</v>
+        <v>92517</v>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 48</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 21</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D148" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E148" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="n">
-        <v>92506</v>
+        <v>92554</v>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 10</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 60</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D149" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E149" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="n">
-        <v>92543</v>
+        <v>92518</v>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 49</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 22</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D150" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E150" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="n">
-        <v>92507</v>
+        <v>92555</v>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 11</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 61</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D151" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E151" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="n">
-        <v>92544</v>
+        <v>92519</v>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 50</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 25</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D152" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>92508</v>
+        <v>92556</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 12</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 62</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>92545</v>
+        <v>92520</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - planche : 51</t>
+          <t>Brian Howell : De verdwenen SR-71 - planche : 26</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>92619</v>
+        <v>92627</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - illustration</t>
+          <t>Brian Howell : Operatie Tabun - planche : 8</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
-        <v>92620</v>
+        <v>92663</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 1</t>
+          <t>Brian Howell : Operatie Tabun - planche : 46</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>92621</v>
+        <v>92628</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 2</t>
+          <t>Brian Howell : Operatie Tabun - planche : 9</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>92622</v>
+        <v>92664</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 3</t>
+          <t>Brian Howell : Operatie Tabun - planche : 47</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
-        <v>92623</v>
+        <v>92629</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 4</t>
+          <t>Brian Howell : Operatie Tabun - planche : 10</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E159" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="n">
-        <v>92624</v>
+        <v>92665</v>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 5</t>
+          <t>Brian Howell : Operatie Tabun - planche : 48</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D160" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>92625</v>
+        <v>92630</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 6</t>
+          <t>Brian Howell : Operatie Tabun - planche : 11</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>92626</v>
+        <v>92666</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 7</t>
+          <t>Brian Howell : Operatie Tabun - planche : 49</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
-        <v>92627</v>
+        <v>92631</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 8</t>
+          <t>Brian Howell : Operatie Tabun - planche : 12</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>92628</v>
+        <v>92667</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 9</t>
+          <t>Brian Howell : Operatie Tabun - planche : 50</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>92629</v>
+        <v>92632</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 10</t>
+          <t>Brian Howell : Operatie Tabun - planche : 13</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>92630</v>
+        <v>92668</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 11</t>
+          <t>Brian Howell : Operatie Tabun - planche : 51</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
-        <v>92631</v>
+        <v>92633</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 12</t>
+          <t>Brian Howell : Operatie Tabun - planche : 14</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>92632</v>
+        <v>92669</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 13</t>
+          <t>Brian Howell : Operatie Tabun - planche : 52</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>92633</v>
+        <v>92634</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 14</t>
+          <t>Brian Howell : Operatie Tabun - planche : 15</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>92634</v>
+        <v>92670</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 15</t>
+          <t>Brian Howell : Operatie Tabun - planche : 53</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2"/>
     </row>
@@ -5535,2039 +5535,2039 @@
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>92636</v>
+        <v>92671</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 17</t>
+          <t>Brian Howell : Operatie Tabun - planche : 54</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>92637</v>
+        <v>92636</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 18</t>
+          <t>Brian Howell : Operatie Tabun - planche : 17</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>92573</v>
+        <v>92672</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : De verdwenen SR-71 - illustration</t>
+          <t>Brian Howell : Operatie Tabun - planche : 55</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
-          <t>illustration</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>92691</v>
+        <v>92637</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 74</t>
+          <t>Brian Howell : Operatie Tabun - planche : 18</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
-        <v>92655</v>
+        <v>92673</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 38</t>
+          <t>Brian Howell : Operatie Tabun - planche : 56</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E176" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="n">
-        <v>92692</v>
+        <v>92674</v>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 75</t>
+          <t>Brian Howell : Operatie Tabun - planche : 57</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D177" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E177" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="n">
-        <v>92656</v>
+        <v>92638</v>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 39</t>
+          <t>Brian Howell : Operatie Tabun - planche : 19</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D178" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E178" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="n">
-        <v>92693</v>
+        <v>92675</v>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 76</t>
+          <t>Brian Howell : Operatie Tabun - planche : 58</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D179" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E179" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="n">
-        <v>92657</v>
+        <v>92639</v>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 40</t>
+          <t>Brian Howell : Operatie Tabun - planche : 20</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D180" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E180" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="n">
-        <v>92694</v>
+        <v>92676</v>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 77</t>
+          <t>Brian Howell : Operatie Tabun - planche : 59</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D181" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E181" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="n">
-        <v>92658</v>
+        <v>92640</v>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 41</t>
+          <t>Brian Howell : Operatie Tabun - planche : 21</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D182" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E182" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="n">
-        <v>92695</v>
+        <v>92677</v>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 78</t>
+          <t>Brian Howell : Operatie Tabun - planche : 60</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D183" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E183" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="n">
-        <v>92659</v>
+        <v>92641</v>
       </c>
       <c r="B184" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 42</t>
+          <t>Brian Howell : Operatie Tabun - planche : 22</t>
         </is>
       </c>
       <c r="C184" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D184" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E184" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F184" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="n">
-        <v>92696</v>
+        <v>92678</v>
       </c>
       <c r="B185" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 79</t>
+          <t>Brian Howell : Operatie Tabun - planche : 61</t>
         </is>
       </c>
       <c r="C185" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D185" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E185" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F185" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="n">
-        <v>92660</v>
+        <v>92642</v>
       </c>
       <c r="B186" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 43</t>
+          <t>Brian Howell : Operatie Tabun - planche : 23</t>
         </is>
       </c>
       <c r="C186" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D186" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E186" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F186" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="n">
-        <v>92697</v>
+        <v>92679</v>
       </c>
       <c r="B187" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 80</t>
+          <t>Brian Howell : Operatie Tabun - planche : 62</t>
         </is>
       </c>
       <c r="C187" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D187" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E187" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F187" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="n">
-        <v>92661</v>
+        <v>92643</v>
       </c>
       <c r="B188" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 44</t>
+          <t>Brian Howell : Operatie Tabun - planche : 24</t>
         </is>
       </c>
       <c r="C188" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D188" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E188" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F188" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="n">
-        <v>92662</v>
+        <v>92680</v>
       </c>
       <c r="B189" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 45</t>
+          <t>Brian Howell : Operatie Tabun - planche : 63</t>
         </is>
       </c>
       <c r="C189" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D189" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E189" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F189" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="n">
-        <v>92663</v>
+        <v>92644</v>
       </c>
       <c r="B190" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 46</t>
+          <t>Brian Howell : Operatie Tabun - planche : 27</t>
         </is>
       </c>
       <c r="C190" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D190" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E190" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F190" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="n">
-        <v>92664</v>
+        <v>92681</v>
       </c>
       <c r="B191" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 47</t>
+          <t>Brian Howell : Operatie Tabun - planche : 64</t>
         </is>
       </c>
       <c r="C191" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D191" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E191" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F191" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="n">
-        <v>92665</v>
+        <v>92645</v>
       </c>
       <c r="B192" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 48</t>
+          <t>Brian Howell : Operatie Tabun - planche : 28</t>
         </is>
       </c>
       <c r="C192" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D192" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E192" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F192" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="n">
-        <v>92666</v>
+        <v>92682</v>
       </c>
       <c r="B193" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 49</t>
+          <t>Brian Howell : Operatie Tabun - planche : 65</t>
         </is>
       </c>
       <c r="C193" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D193" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E193" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F193" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="n">
-        <v>92667</v>
+        <v>92573</v>
       </c>
       <c r="B194" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 50</t>
+          <t>Brian Howell : De verdwenen SR-71 - illustration</t>
         </is>
       </c>
       <c r="C194" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D194" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E194" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F194" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="n">
-        <v>92668</v>
+        <v>92646</v>
       </c>
       <c r="B195" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 51</t>
+          <t>Brian Howell : Operatie Tabun - planche : 29</t>
         </is>
       </c>
       <c r="C195" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D195" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E195" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F195" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="n">
-        <v>92669</v>
+        <v>92683</v>
       </c>
       <c r="B196" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 52</t>
+          <t>Brian Howell : Operatie Tabun - planche : 66</t>
         </is>
       </c>
       <c r="C196" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D196" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E196" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F196" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="n">
-        <v>92670</v>
+        <v>92647</v>
       </c>
       <c r="B197" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 53</t>
+          <t>Brian Howell : Operatie Tabun - planche : 30</t>
         </is>
       </c>
       <c r="C197" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D197" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E197" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F197" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="n">
-        <v>92671</v>
+        <v>92684</v>
       </c>
       <c r="B198" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 54</t>
+          <t>Brian Howell : Operatie Tabun - planche : 67</t>
         </is>
       </c>
       <c r="C198" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D198" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E198" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F198" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="n">
-        <v>92672</v>
+        <v>92648</v>
       </c>
       <c r="B199" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 55</t>
+          <t>Brian Howell : Operatie Tabun - planche : 31</t>
         </is>
       </c>
       <c r="C199" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D199" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E199" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F199" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="n">
-        <v>92673</v>
+        <v>92685</v>
       </c>
       <c r="B200" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 56</t>
+          <t>Brian Howell : Operatie Tabun - planche : 68</t>
         </is>
       </c>
       <c r="C200" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D200" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E200" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F200" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="n">
-        <v>92674</v>
+        <v>92649</v>
       </c>
       <c r="B201" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 57</t>
+          <t>Brian Howell : Operatie Tabun - planche : 32</t>
         </is>
       </c>
       <c r="C201" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D201" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E201" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F201" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="n">
-        <v>92638</v>
+        <v>92686</v>
       </c>
       <c r="B202" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 19</t>
+          <t>Brian Howell : Operatie Tabun - planche : 69</t>
         </is>
       </c>
       <c r="C202" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D202" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E202" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F202" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="n">
-        <v>92675</v>
+        <v>92650</v>
       </c>
       <c r="B203" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 58</t>
+          <t>Brian Howell : Operatie Tabun - planche : 33</t>
         </is>
       </c>
       <c r="C203" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D203" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E203" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F203" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="n">
-        <v>92639</v>
+        <v>92687</v>
       </c>
       <c r="B204" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 20</t>
+          <t>Brian Howell : Operatie Tabun - planche : 70</t>
         </is>
       </c>
       <c r="C204" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D204" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E204" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F204" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="n">
-        <v>92676</v>
+        <v>92651</v>
       </c>
       <c r="B205" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 59</t>
+          <t>Brian Howell : Operatie Tabun - planche : 34</t>
         </is>
       </c>
       <c r="C205" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D205" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E205" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F205" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="n">
-        <v>92640</v>
+        <v>92688</v>
       </c>
       <c r="B206" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 21</t>
+          <t>Brian Howell : Operatie Tabun - planche : 71</t>
         </is>
       </c>
       <c r="C206" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D206" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E206" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F206" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="n">
-        <v>92677</v>
+        <v>92652</v>
       </c>
       <c r="B207" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 60</t>
+          <t>Brian Howell : Operatie Tabun - planche : 35</t>
         </is>
       </c>
       <c r="C207" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D207" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E207" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F207" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="n">
-        <v>92641</v>
+        <v>92689</v>
       </c>
       <c r="B208" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 22</t>
+          <t>Brian Howell : Operatie Tabun - planche : 72</t>
         </is>
       </c>
       <c r="C208" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D208" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E208" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F208" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="1" t="n">
-        <v>92678</v>
+        <v>92653</v>
       </c>
       <c r="B209" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 61</t>
+          <t>Brian Howell : Operatie Tabun - planche : 36</t>
         </is>
       </c>
       <c r="C209" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D209" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E209" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F209" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="1" t="n">
-        <v>92642</v>
+        <v>92690</v>
       </c>
       <c r="B210" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 23</t>
+          <t>Brian Howell : Operatie Tabun - planche : 73</t>
         </is>
       </c>
       <c r="C210" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D210" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E210" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F210" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="1" t="n">
-        <v>92679</v>
+        <v>92654</v>
       </c>
       <c r="B211" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 62</t>
+          <t>Brian Howell : Operatie Tabun - planche : 37</t>
         </is>
       </c>
       <c r="C211" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D211" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E211" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F211" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="1" t="n">
-        <v>92643</v>
+        <v>92691</v>
       </c>
       <c r="B212" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 24</t>
+          <t>Brian Howell : Operatie Tabun - planche : 74</t>
         </is>
       </c>
       <c r="C212" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D212" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E212" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F212" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="1" t="n">
-        <v>92680</v>
+        <v>92619</v>
       </c>
       <c r="B213" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 63</t>
+          <t>Brian Howell : Operatie Tabun - illustration</t>
         </is>
       </c>
       <c r="C213" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D213" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E213" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F213" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>illustration</t>
         </is>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="1" t="n">
-        <v>92644</v>
+        <v>92655</v>
       </c>
       <c r="B214" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 27</t>
+          <t>Brian Howell : Operatie Tabun - planche : 38</t>
         </is>
       </c>
       <c r="C214" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D214" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E214" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F214" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="1" t="n">
-        <v>92681</v>
+        <v>92692</v>
       </c>
       <c r="B215" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 64</t>
+          <t>Brian Howell : Operatie Tabun - planche : 75</t>
         </is>
       </c>
       <c r="C215" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D215" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E215" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F215" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="1" t="n">
-        <v>92645</v>
+        <v>92620</v>
       </c>
       <c r="B216" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 28</t>
+          <t>Brian Howell : Operatie Tabun - planche : 1</t>
         </is>
       </c>
       <c r="C216" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D216" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E216" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F216" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="1" t="n">
-        <v>92682</v>
+        <v>92656</v>
       </c>
       <c r="B217" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 65</t>
+          <t>Brian Howell : Operatie Tabun - planche : 39</t>
         </is>
       </c>
       <c r="C217" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D217" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E217" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F217" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="1" t="n">
-        <v>92646</v>
+        <v>92693</v>
       </c>
       <c r="B218" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 29</t>
+          <t>Brian Howell : Operatie Tabun - planche : 76</t>
         </is>
       </c>
       <c r="C218" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D218" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E218" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F218" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="1" t="n">
-        <v>92683</v>
+        <v>92621</v>
       </c>
       <c r="B219" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 66</t>
+          <t>Brian Howell : Operatie Tabun - planche : 2</t>
         </is>
       </c>
       <c r="C219" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D219" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E219" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F219" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="1" t="n">
-        <v>92647</v>
+        <v>92657</v>
       </c>
       <c r="B220" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 30</t>
+          <t>Brian Howell : Operatie Tabun - planche : 40</t>
         </is>
       </c>
       <c r="C220" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D220" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E220" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F220" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="1" t="n">
-        <v>92684</v>
+        <v>92694</v>
       </c>
       <c r="B221" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 67</t>
+          <t>Brian Howell : Operatie Tabun - planche : 77</t>
         </is>
       </c>
       <c r="C221" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D221" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E221" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F221" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="1" t="n">
-        <v>92648</v>
+        <v>92622</v>
       </c>
       <c r="B222" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 31</t>
+          <t>Brian Howell : Operatie Tabun - planche : 3</t>
         </is>
       </c>
       <c r="C222" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D222" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E222" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F222" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="1" t="n">
-        <v>92685</v>
+        <v>92658</v>
       </c>
       <c r="B223" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 68</t>
+          <t>Brian Howell : Operatie Tabun - planche : 41</t>
         </is>
       </c>
       <c r="C223" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D223" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E223" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F223" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="1" t="n">
-        <v>92649</v>
+        <v>92695</v>
       </c>
       <c r="B224" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 32</t>
+          <t>Brian Howell : Operatie Tabun - planche : 78</t>
         </is>
       </c>
       <c r="C224" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D224" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E224" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F224" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="1" t="n">
-        <v>92686</v>
+        <v>92623</v>
       </c>
       <c r="B225" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 69</t>
+          <t>Brian Howell : Operatie Tabun - planche : 4</t>
         </is>
       </c>
       <c r="C225" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D225" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E225" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F225" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="1" t="n">
-        <v>92650</v>
+        <v>92659</v>
       </c>
       <c r="B226" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 33</t>
+          <t>Brian Howell : Operatie Tabun - planche : 42</t>
         </is>
       </c>
       <c r="C226" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D226" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E226" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F226" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="1" t="n">
-        <v>92687</v>
+        <v>92696</v>
       </c>
       <c r="B227" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 70</t>
+          <t>Brian Howell : Operatie Tabun - planche : 79</t>
         </is>
       </c>
       <c r="C227" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D227" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E227" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F227" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="1" t="n">
-        <v>92651</v>
+        <v>92624</v>
       </c>
       <c r="B228" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 34</t>
+          <t>Brian Howell : Operatie Tabun - planche : 5</t>
         </is>
       </c>
       <c r="C228" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D228" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E228" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F228" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="1" t="n">
-        <v>92688</v>
+        <v>92660</v>
       </c>
       <c r="B229" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 71</t>
+          <t>Brian Howell : Operatie Tabun - planche : 43</t>
         </is>
       </c>
       <c r="C229" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D229" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E229" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F229" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="1" t="n">
-        <v>92652</v>
+        <v>92697</v>
       </c>
       <c r="B230" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 35</t>
+          <t>Brian Howell : Operatie Tabun - planche : 80</t>
         </is>
       </c>
       <c r="C230" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D230" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E230" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F230" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="1" t="n">
-        <v>92689</v>
+        <v>92625</v>
       </c>
       <c r="B231" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 72</t>
+          <t>Brian Howell : Operatie Tabun - planche : 6</t>
         </is>
       </c>
       <c r="C231" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D231" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E231" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F231" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="1" t="n">
-        <v>92653</v>
+        <v>92661</v>
       </c>
       <c r="B232" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 36</t>
+          <t>Brian Howell : Operatie Tabun - planche : 44</t>
         </is>
       </c>
       <c r="C232" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D232" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E232" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F232" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="1" t="n">
-        <v>92690</v>
+        <v>92626</v>
       </c>
       <c r="B233" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 73</t>
+          <t>Brian Howell : Operatie Tabun - planche : 7</t>
         </is>
       </c>
       <c r="C233" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D233" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E233" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F233" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="1" t="n">
-        <v>92654</v>
+        <v>92662</v>
       </c>
       <c r="B234" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Operatie Tabun - planche : 37</t>
+          <t>Brian Howell : Operatie Tabun - planche : 45</t>
         </is>
       </c>
       <c r="C234" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D234" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E234" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F234" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2"/>
     </row>
@@ -7583,2647 +7583,2647 @@
       <c r="C235" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D235" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E235" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F235" s="2" t="inlineStr">
         <is>
           <t>autre</t>
         </is>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="1" t="n">
-        <v>92698</v>
+        <v>92699</v>
       </c>
       <c r="B236" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 1</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 1B</t>
         </is>
       </c>
       <c r="C236" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D236" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E236" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F236" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="1" t="n">
-        <v>92699</v>
+        <v>92700</v>
       </c>
       <c r="B237" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 1B</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 2</t>
         </is>
       </c>
       <c r="C237" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D237" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E237" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F237" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="1" t="n">
-        <v>92700</v>
+        <v>92701</v>
       </c>
       <c r="B238" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 2</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 2B</t>
         </is>
       </c>
       <c r="C238" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D238" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E238" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F238" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="1" t="n">
-        <v>92701</v>
+        <v>92702</v>
       </c>
       <c r="B239" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 2B</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 3</t>
         </is>
       </c>
       <c r="C239" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D239" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E239" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F239" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="1" t="n">
-        <v>92702</v>
+        <v>92703</v>
       </c>
       <c r="B240" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 3</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 4</t>
         </is>
       </c>
       <c r="C240" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D240" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E240" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F240" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="1" t="n">
-        <v>92703</v>
+        <v>92704</v>
       </c>
       <c r="B241" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 4</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 5</t>
         </is>
       </c>
       <c r="C241" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D241" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E241" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F241" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="1" t="n">
-        <v>92704</v>
+        <v>92705</v>
       </c>
       <c r="B242" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 5</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 6</t>
         </is>
       </c>
       <c r="C242" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D242" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E242" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F242" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="1" t="n">
-        <v>92705</v>
+        <v>92706</v>
       </c>
       <c r="B243" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 6</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 7</t>
         </is>
       </c>
       <c r="C243" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D243" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E243" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F243" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="1" t="n">
-        <v>92706</v>
+        <v>92707</v>
       </c>
       <c r="B244" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 7</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 8</t>
         </is>
       </c>
       <c r="C244" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D244" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E244" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F244" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="1" t="n">
-        <v>92707</v>
+        <v>92708</v>
       </c>
       <c r="B245" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 8</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 9</t>
         </is>
       </c>
       <c r="C245" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D245" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E245" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F245" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="1" t="n">
-        <v>92708</v>
+        <v>92698</v>
       </c>
       <c r="B246" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 9</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 1</t>
         </is>
       </c>
       <c r="C246" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D246" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E246" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F246" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="1" t="n">
-        <v>92727</v>
+        <v>92721</v>
       </c>
       <c r="B247" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 28</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 22</t>
         </is>
       </c>
       <c r="C247" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D247" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E247" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F247" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="1" t="n">
-        <v>92764</v>
+        <v>92758</v>
       </c>
       <c r="B248" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 65</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 59</t>
         </is>
       </c>
       <c r="C248" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D248" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E248" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F248" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="1" t="n">
-        <v>92728</v>
+        <v>92722</v>
       </c>
       <c r="B249" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 29</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 23</t>
         </is>
       </c>
       <c r="C249" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D249" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E249" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F249" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="1" t="n">
-        <v>92765</v>
+        <v>92759</v>
       </c>
       <c r="B250" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 66</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 60</t>
         </is>
       </c>
       <c r="C250" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D250" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E250" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F250" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="1" t="n">
-        <v>92729</v>
+        <v>92723</v>
       </c>
       <c r="B251" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 30</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 24</t>
         </is>
       </c>
       <c r="C251" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D251" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E251" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F251" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="1" t="n">
-        <v>92766</v>
+        <v>92760</v>
       </c>
       <c r="B252" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 67</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 61</t>
         </is>
       </c>
       <c r="C252" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D252" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E252" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F252" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="1" t="n">
-        <v>92730</v>
+        <v>92724</v>
       </c>
       <c r="B253" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 31</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 25</t>
         </is>
       </c>
       <c r="C253" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D253" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E253" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F253" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="1" t="n">
-        <v>92767</v>
+        <v>92761</v>
       </c>
       <c r="B254" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 68</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 62</t>
         </is>
       </c>
       <c r="C254" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D254" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E254" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F254" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="1" t="n">
-        <v>92731</v>
+        <v>92725</v>
       </c>
       <c r="B255" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 32</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 26</t>
         </is>
       </c>
       <c r="C255" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D255" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E255" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F255" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="1" t="n">
-        <v>92768</v>
+        <v>92762</v>
       </c>
       <c r="B256" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 69</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 63</t>
         </is>
       </c>
       <c r="C256" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D256" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E256" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F256" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="1" t="n">
-        <v>92732</v>
+        <v>92726</v>
       </c>
       <c r="B257" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 33</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 27</t>
         </is>
       </c>
       <c r="C257" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D257" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E257" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F257" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="1" t="n">
-        <v>92769</v>
+        <v>92763</v>
       </c>
       <c r="B258" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 70</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 64</t>
         </is>
       </c>
       <c r="C258" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D258" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E258" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F258" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="1" t="n">
-        <v>92733</v>
+        <v>92727</v>
       </c>
       <c r="B259" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 34</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 28</t>
         </is>
       </c>
       <c r="C259" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D259" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E259" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F259" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="1" t="n">
-        <v>92770</v>
+        <v>92764</v>
       </c>
       <c r="B260" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 71</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 65</t>
         </is>
       </c>
       <c r="C260" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D260" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E260" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F260" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="1" t="n">
-        <v>92734</v>
+        <v>92728</v>
       </c>
       <c r="B261" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 35</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 29</t>
         </is>
       </c>
       <c r="C261" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D261" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E261" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F261" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="1" t="n">
-        <v>92771</v>
+        <v>92765</v>
       </c>
       <c r="B262" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 72</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 66</t>
         </is>
       </c>
       <c r="C262" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D262" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E262" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F262" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="1" t="n">
-        <v>92735</v>
+        <v>92729</v>
       </c>
       <c r="B263" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 36</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 30</t>
         </is>
       </c>
       <c r="C263" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D263" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E263" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F263" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="1" t="n">
-        <v>92772</v>
+        <v>92766</v>
       </c>
       <c r="B264" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 73</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 67</t>
         </is>
       </c>
       <c r="C264" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D264" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E264" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F264" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="1" t="n">
-        <v>92736</v>
+        <v>92730</v>
       </c>
       <c r="B265" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 37</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 31</t>
         </is>
       </c>
       <c r="C265" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D265" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E265" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F265" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="1" t="n">
-        <v>92773</v>
+        <v>92767</v>
       </c>
       <c r="B266" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 74</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 68</t>
         </is>
       </c>
       <c r="C266" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D266" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E266" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F266" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="1" t="n">
-        <v>92737</v>
+        <v>92731</v>
       </c>
       <c r="B267" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 38</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 32</t>
         </is>
       </c>
       <c r="C267" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D267" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E267" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F267" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="1" t="n">
-        <v>92774</v>
+        <v>92768</v>
       </c>
       <c r="B268" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 75</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 69</t>
         </is>
       </c>
       <c r="C268" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D268" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E268" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F268" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="1" t="n">
-        <v>92738</v>
+        <v>92732</v>
       </c>
       <c r="B269" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 39</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 33</t>
         </is>
       </c>
       <c r="C269" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D269" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E269" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F269" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="1" t="n">
-        <v>92775</v>
+        <v>92769</v>
       </c>
       <c r="B270" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 76</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 70</t>
         </is>
       </c>
       <c r="C270" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D270" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E270" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F270" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="1" t="n">
-        <v>92739</v>
+        <v>92733</v>
       </c>
       <c r="B271" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 40</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 34</t>
         </is>
       </c>
       <c r="C271" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D271" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E271" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F271" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="1" t="n">
-        <v>92776</v>
+        <v>92770</v>
       </c>
       <c r="B272" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 77</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 71</t>
         </is>
       </c>
       <c r="C272" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D272" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E272" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F272" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G272" s="2"/>
       <c r="H272" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="1" t="n">
-        <v>92740</v>
+        <v>92734</v>
       </c>
       <c r="B273" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 41</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 35</t>
         </is>
       </c>
       <c r="C273" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D273" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E273" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F273" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="1" t="n">
-        <v>92777</v>
+        <v>92771</v>
       </c>
       <c r="B274" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 78</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 72</t>
         </is>
       </c>
       <c r="C274" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D274" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E274" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F274" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="1" t="n">
-        <v>92741</v>
+        <v>92735</v>
       </c>
       <c r="B275" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 42</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 36</t>
         </is>
       </c>
       <c r="C275" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D275" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E275" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F275" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="1" t="n">
-        <v>92778</v>
+        <v>92772</v>
       </c>
       <c r="B276" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 79</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 73</t>
         </is>
       </c>
       <c r="C276" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D276" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E276" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F276" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="1" t="n">
-        <v>92742</v>
+        <v>92736</v>
       </c>
       <c r="B277" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 43</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 37</t>
         </is>
       </c>
       <c r="C277" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D277" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E277" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F277" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="1" t="n">
-        <v>92779</v>
+        <v>92773</v>
       </c>
       <c r="B278" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 80</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 74</t>
         </is>
       </c>
       <c r="C278" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D278" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E278" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F278" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G278" s="2"/>
       <c r="H278" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="1" t="n">
-        <v>92743</v>
+        <v>92737</v>
       </c>
       <c r="B279" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 44</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 38</t>
         </is>
       </c>
       <c r="C279" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D279" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E279" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F279" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="1" t="n">
-        <v>92744</v>
+        <v>92774</v>
       </c>
       <c r="B280" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 45</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 75</t>
         </is>
       </c>
       <c r="C280" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D280" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E280" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F280" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="1" t="n">
-        <v>92745</v>
+        <v>92738</v>
       </c>
       <c r="B281" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 46</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 39</t>
         </is>
       </c>
       <c r="C281" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D281" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E281" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F281" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="1" t="n">
-        <v>92709</v>
+        <v>92775</v>
       </c>
       <c r="B282" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 10</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 76</t>
         </is>
       </c>
       <c r="C282" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D282" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E282" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F282" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="1" t="n">
-        <v>92746</v>
+        <v>92739</v>
       </c>
       <c r="B283" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 47</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 40</t>
         </is>
       </c>
       <c r="C283" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D283" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E283" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F283" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="1" t="n">
-        <v>92710</v>
+        <v>92776</v>
       </c>
       <c r="B284" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 11</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 77</t>
         </is>
       </c>
       <c r="C284" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D284" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E284" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F284" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="1" t="n">
-        <v>92747</v>
+        <v>92740</v>
       </c>
       <c r="B285" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 48</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 41</t>
         </is>
       </c>
       <c r="C285" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D285" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E285" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F285" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="1" t="n">
-        <v>92711</v>
+        <v>92777</v>
       </c>
       <c r="B286" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 12</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 78</t>
         </is>
       </c>
       <c r="C286" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D286" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E286" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F286" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="1" t="n">
-        <v>92748</v>
+        <v>92741</v>
       </c>
       <c r="B287" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 49</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 42</t>
         </is>
       </c>
       <c r="C287" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D287" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E287" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F287" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="1" t="n">
-        <v>92712</v>
+        <v>92778</v>
       </c>
       <c r="B288" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 13</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 79</t>
         </is>
       </c>
       <c r="C288" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D288" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E288" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F288" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="1" t="n">
-        <v>92749</v>
+        <v>92742</v>
       </c>
       <c r="B289" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 50</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 43</t>
         </is>
       </c>
       <c r="C289" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D289" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E289" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F289" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="1" t="n">
-        <v>92713</v>
+        <v>92779</v>
       </c>
       <c r="B290" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 14</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 80</t>
         </is>
       </c>
       <c r="C290" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D290" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E290" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F290" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="1" t="n">
-        <v>92750</v>
+        <v>92743</v>
       </c>
       <c r="B291" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 51</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 44</t>
         </is>
       </c>
       <c r="C291" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D291" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E291" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F291" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="1" t="n">
-        <v>92714</v>
+        <v>92744</v>
       </c>
       <c r="B292" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 15</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 45</t>
         </is>
       </c>
       <c r="C292" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D292" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E292" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F292" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="1" t="n">
-        <v>92751</v>
+        <v>92745</v>
       </c>
       <c r="B293" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 52</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 46</t>
         </is>
       </c>
       <c r="C293" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D293" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E293" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F293" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="1" t="n">
-        <v>92715</v>
+        <v>92709</v>
       </c>
       <c r="B294" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 16</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 10</t>
         </is>
       </c>
       <c r="C294" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D294" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E294" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F294" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="1" t="n">
-        <v>92752</v>
+        <v>92746</v>
       </c>
       <c r="B295" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 53</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 47</t>
         </is>
       </c>
       <c r="C295" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D295" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E295" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F295" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="1" t="n">
-        <v>92716</v>
+        <v>92710</v>
       </c>
       <c r="B296" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 17</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 11</t>
         </is>
       </c>
       <c r="C296" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D296" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E296" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F296" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="1" t="n">
-        <v>92753</v>
+        <v>92747</v>
       </c>
       <c r="B297" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 54</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 48</t>
         </is>
       </c>
       <c r="C297" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D297" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E297" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F297" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="1" t="n">
-        <v>92717</v>
+        <v>92711</v>
       </c>
       <c r="B298" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 18</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 12</t>
         </is>
       </c>
       <c r="C298" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D298" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E298" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F298" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="1" t="n">
-        <v>92754</v>
+        <v>92748</v>
       </c>
       <c r="B299" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 55</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 49</t>
         </is>
       </c>
       <c r="C299" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D299" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E299" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F299" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="1" t="n">
-        <v>92718</v>
+        <v>92712</v>
       </c>
       <c r="B300" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 19</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 13</t>
         </is>
       </c>
       <c r="C300" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D300" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E300" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F300" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="1" t="n">
-        <v>92755</v>
+        <v>92749</v>
       </c>
       <c r="B301" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 56</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 50</t>
         </is>
       </c>
       <c r="C301" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D301" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E301" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F301" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G301" s="2"/>
       <c r="H301" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="1" t="n">
-        <v>92719</v>
+        <v>92713</v>
       </c>
       <c r="B302" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 20</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 14</t>
         </is>
       </c>
       <c r="C302" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D302" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E302" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F302" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="1" t="n">
-        <v>92756</v>
+        <v>92750</v>
       </c>
       <c r="B303" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 57</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 51</t>
         </is>
       </c>
       <c r="C303" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D303" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E303" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F303" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="1" t="n">
-        <v>92720</v>
+        <v>92714</v>
       </c>
       <c r="B304" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 21</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 15</t>
         </is>
       </c>
       <c r="C304" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D304" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E304" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F304" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="1" t="n">
-        <v>92757</v>
+        <v>92751</v>
       </c>
       <c r="B305" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 58</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 52</t>
         </is>
       </c>
       <c r="C305" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D305" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E305" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F305" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="1" t="n">
-        <v>92721</v>
+        <v>92715</v>
       </c>
       <c r="B306" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 22</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 16</t>
         </is>
       </c>
       <c r="C306" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D306" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E306" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F306" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="1" t="n">
-        <v>92758</v>
+        <v>92752</v>
       </c>
       <c r="B307" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 59</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 53</t>
         </is>
       </c>
       <c r="C307" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D307" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E307" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F307" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="1" t="n">
-        <v>92722</v>
+        <v>92716</v>
       </c>
       <c r="B308" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 23</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 17</t>
         </is>
       </c>
       <c r="C308" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D308" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E308" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F308" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="1" t="n">
-        <v>92759</v>
+        <v>92753</v>
       </c>
       <c r="B309" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 60</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 54</t>
         </is>
       </c>
       <c r="C309" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D309" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E309" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F309" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="1" t="n">
-        <v>92723</v>
+        <v>92717</v>
       </c>
       <c r="B310" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 24</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 18</t>
         </is>
       </c>
       <c r="C310" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D310" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E310" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F310" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="1" t="n">
-        <v>92760</v>
+        <v>92754</v>
       </c>
       <c r="B311" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 61</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 55</t>
         </is>
       </c>
       <c r="C311" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D311" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E311" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F311" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="1" t="n">
-        <v>92724</v>
+        <v>92718</v>
       </c>
       <c r="B312" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 25</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 19</t>
         </is>
       </c>
       <c r="C312" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D312" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E312" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F312" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="1" t="n">
-        <v>92761</v>
+        <v>92755</v>
       </c>
       <c r="B313" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 62</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 56</t>
         </is>
       </c>
       <c r="C313" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D313" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E313" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F313" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="1" t="n">
-        <v>92725</v>
+        <v>92719</v>
       </c>
       <c r="B314" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 26</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 20</t>
         </is>
       </c>
       <c r="C314" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D314" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E314" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F314" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="1" t="n">
-        <v>92762</v>
+        <v>92756</v>
       </c>
       <c r="B315" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 63</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 57</t>
         </is>
       </c>
       <c r="C315" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D315" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E315" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F315" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="1" t="n">
-        <v>92726</v>
+        <v>92720</v>
       </c>
       <c r="B316" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 27</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 21</t>
         </is>
       </c>
       <c r="C316" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D316" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E316" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F316" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="1" t="n">
-        <v>92763</v>
+        <v>92757</v>
       </c>
       <c r="B317" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het geheime manuscript - planche : 64</t>
+          <t>Brian Howell : Het geheime manuscript - planche : 58</t>
         </is>
       </c>
       <c r="C317" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D317" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E317" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F317" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2"/>
     </row>
@@ -10495,1175 +10495,1175 @@
       <c r="C326" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D326" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E326" s="2" t="inlineStr">
         <is>
           <t>1977 - </t>
         </is>
       </c>
       <c r="F326" s="2" t="inlineStr">
         <is>
           <t>illustration</t>
         </is>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="1" t="n">
-        <v>92800</v>
+        <v>92801</v>
       </c>
       <c r="B327" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 43A</t>
+          <t>Brian Howell : Het verboden eiland - planche : 45</t>
         </is>
       </c>
       <c r="C327" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D327" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E327" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F327" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="1" t="n">
-        <v>92801</v>
+        <v>92802</v>
       </c>
       <c r="B328" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 45</t>
+          <t>Brian Howell : Het verboden eiland - planche : 50A</t>
         </is>
       </c>
       <c r="C328" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D328" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E328" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F328" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G328" s="2"/>
       <c r="H328" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="1" t="n">
-        <v>92802</v>
+        <v>92803</v>
       </c>
       <c r="B329" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 50A</t>
+          <t>Brian Howell : Het verboden eiland - planche : 52</t>
         </is>
       </c>
       <c r="C329" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D329" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E329" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F329" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G329" s="2"/>
       <c r="H329" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="1" t="n">
-        <v>92803</v>
+        <v>92804</v>
       </c>
       <c r="B330" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 52</t>
+          <t>Brian Howell : Het verboden eiland - planche : 57A</t>
         </is>
       </c>
       <c r="C330" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D330" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E330" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F330" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="1" t="n">
-        <v>92804</v>
+        <v>92805</v>
       </c>
       <c r="B331" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 57A</t>
+          <t>Brian Howell : Het verboden eiland - planche : 59</t>
         </is>
       </c>
       <c r="C331" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D331" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E331" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F331" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="1" t="n">
-        <v>92805</v>
+        <v>92806</v>
       </c>
       <c r="B332" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 59</t>
+          <t>Brian Howell : Het verboden eiland - planche : 60</t>
         </is>
       </c>
       <c r="C332" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D332" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E332" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F332" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="1" t="n">
-        <v>92806</v>
+        <v>92807</v>
       </c>
       <c r="B333" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 60</t>
+          <t>Brian Howell : Het verboden eiland - planche : 61</t>
         </is>
       </c>
       <c r="C333" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D333" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E333" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F333" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="1" t="n">
-        <v>92807</v>
+        <v>92808</v>
       </c>
       <c r="B334" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 61</t>
+          <t>Brian Howell : Het verboden eiland - planche : 64</t>
         </is>
       </c>
       <c r="C334" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D334" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E334" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F334" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="1" t="n">
-        <v>92808</v>
+        <v>92809</v>
       </c>
       <c r="B335" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 64</t>
+          <t>Brian Howell : Het verboden eiland - planche : 69</t>
         </is>
       </c>
       <c r="C335" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D335" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E335" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F335" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="1" t="n">
-        <v>92809</v>
+        <v>92810</v>
       </c>
       <c r="B336" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 69</t>
+          <t>Brian Howell : Het verboden eiland - planche : 72</t>
         </is>
       </c>
       <c r="C336" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D336" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E336" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F336" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="1" t="n">
-        <v>92810</v>
+        <v>97397</v>
       </c>
       <c r="B337" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 72</t>
+          <t>Brian Howell - planche : 13</t>
         </is>
       </c>
       <c r="C337" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D337" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E337" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F337" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="1" t="n">
-        <v>97397</v>
+        <v>92811</v>
       </c>
       <c r="B338" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 13</t>
+          <t>Brian Howell : Het verboden eiland - planche : 77</t>
         </is>
       </c>
       <c r="C338" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D338" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E338" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F338" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="1" t="n">
-        <v>92811</v>
+        <v>97398</v>
       </c>
       <c r="B339" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 77</t>
+          <t>Brian Howell - planche : 23</t>
         </is>
       </c>
       <c r="C339" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D339" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E339" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F339" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="1" t="n">
-        <v>97398</v>
+        <v>92812</v>
       </c>
       <c r="B340" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell - planche : 23</t>
+          <t>Brian Howell : Het verboden eiland - planche : 78</t>
         </is>
       </c>
       <c r="C340" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D340" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E340" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F340" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="1" t="n">
-        <v>92812</v>
+        <v>92813</v>
       </c>
       <c r="B341" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 78</t>
+          <t>Brian Howell : Het verboden eiland - planche : 79</t>
         </is>
       </c>
       <c r="C341" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D341" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E341" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F341" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="1" t="n">
-        <v>92813</v>
+        <v>92780</v>
       </c>
       <c r="B342" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 79</t>
+          <t>Brian Howell : Het verboden eiland - planche : 3B</t>
         </is>
       </c>
       <c r="C342" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D342" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E342" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F342" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="1" t="n">
-        <v>92780</v>
+        <v>92781</v>
       </c>
       <c r="B343" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 3B</t>
+          <t>Brian Howell : Het verboden eiland - planche : 4A</t>
         </is>
       </c>
       <c r="C343" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D343" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E343" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F343" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="1" t="n">
-        <v>92781</v>
+        <v>92782</v>
       </c>
       <c r="B344" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 4A</t>
+          <t>Brian Howell : Het verboden eiland - planche : 10</t>
         </is>
       </c>
       <c r="C344" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D344" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E344" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F344" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="1" t="n">
-        <v>92782</v>
+        <v>92783</v>
       </c>
       <c r="B345" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 10</t>
+          <t>Brian Howell : Het verboden eiland - planche : 16</t>
         </is>
       </c>
       <c r="C345" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D345" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E345" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F345" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G345" s="2"/>
       <c r="H345" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="1" t="n">
-        <v>92783</v>
+        <v>92784</v>
       </c>
       <c r="B346" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 16</t>
+          <t>Brian Howell : Het verboden eiland - planche : 17</t>
         </is>
       </c>
       <c r="C346" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D346" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E346" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F346" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="1" t="n">
-        <v>92784</v>
+        <v>92785</v>
       </c>
       <c r="B347" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 17</t>
+          <t>Brian Howell : Het verboden eiland - planche : 18B</t>
         </is>
       </c>
       <c r="C347" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D347" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E347" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F347" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G347" s="2"/>
       <c r="H347" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="1" t="n">
-        <v>92785</v>
+        <v>92786</v>
       </c>
       <c r="B348" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 18B</t>
+          <t>Brian Howell : Het verboden eiland - planche : 24</t>
         </is>
       </c>
       <c r="C348" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D348" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E348" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F348" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G348" s="2"/>
       <c r="H348" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="1" t="n">
-        <v>92786</v>
+        <v>92787</v>
       </c>
       <c r="B349" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 24</t>
+          <t>Brian Howell : Het verboden eiland - planche : 25</t>
         </is>
       </c>
       <c r="C349" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D349" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E349" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F349" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="1" t="n">
-        <v>92787</v>
+        <v>92788</v>
       </c>
       <c r="B350" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 25</t>
+          <t>Brian Howell : Het verboden eiland - planche : 26</t>
         </is>
       </c>
       <c r="C350" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D350" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E350" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F350" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G350" s="2"/>
       <c r="H350" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="1" t="n">
-        <v>92788</v>
+        <v>92789</v>
       </c>
       <c r="B351" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 26</t>
+          <t>Brian Howell : Het verboden eiland - planche : 27</t>
         </is>
       </c>
       <c r="C351" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D351" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E351" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F351" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="1" t="n">
-        <v>92789</v>
+        <v>92790</v>
       </c>
       <c r="B352" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 27</t>
+          <t>Brian Howell : Het verboden eiland - planche : 29</t>
         </is>
       </c>
       <c r="C352" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D352" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E352" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F352" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G352" s="2"/>
       <c r="H352" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="1" t="n">
-        <v>92790</v>
+        <v>92791</v>
       </c>
       <c r="B353" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 29</t>
+          <t>Brian Howell : Het verboden eiland - planche : 30</t>
         </is>
       </c>
       <c r="C353" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D353" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E353" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F353" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G353" s="2"/>
       <c r="H353" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="1" t="n">
-        <v>92791</v>
+        <v>92792</v>
       </c>
       <c r="B354" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 30</t>
+          <t>Brian Howell : Het verboden eiland - planche : 31</t>
         </is>
       </c>
       <c r="C354" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D354" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E354" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F354" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="1" t="n">
-        <v>92792</v>
+        <v>92793</v>
       </c>
       <c r="B355" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 31</t>
+          <t>Brian Howell : Het verboden eiland - planche : 33</t>
         </is>
       </c>
       <c r="C355" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D355" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E355" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F355" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G355" s="2"/>
       <c r="H355" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="1" t="n">
-        <v>92793</v>
+        <v>92794</v>
       </c>
       <c r="B356" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 33</t>
+          <t>Brian Howell : Het verboden eiland - planche : 34</t>
         </is>
       </c>
       <c r="C356" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D356" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E356" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F356" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G356" s="2"/>
       <c r="H356" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="1" t="n">
-        <v>92794</v>
+        <v>92795</v>
       </c>
       <c r="B357" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 34</t>
+          <t>Brian Howell : Het verboden eiland - planche : 35</t>
         </is>
       </c>
       <c r="C357" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D357" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E357" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F357" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G357" s="2"/>
       <c r="H357" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="1" t="n">
-        <v>92795</v>
+        <v>92796</v>
       </c>
       <c r="B358" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 35</t>
+          <t>Brian Howell : Het verboden eiland - planche : 37</t>
         </is>
       </c>
       <c r="C358" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D358" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E358" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F358" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="1" t="n">
-        <v>92796</v>
+        <v>92797</v>
       </c>
       <c r="B359" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 37</t>
+          <t>Brian Howell : Het verboden eiland - planche : 39</t>
         </is>
       </c>
       <c r="C359" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D359" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E359" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F359" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="1" t="n">
-        <v>92797</v>
+        <v>92798</v>
       </c>
       <c r="B360" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 39</t>
+          <t>Brian Howell : Het verboden eiland - planche : 40</t>
         </is>
       </c>
       <c r="C360" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D360" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E360" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F360" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G360" s="2"/>
       <c r="H360" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="1" t="n">
-        <v>92798</v>
+        <v>92799</v>
       </c>
       <c r="B361" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 40</t>
+          <t>Brian Howell : Het verboden eiland - planche : 42A</t>
         </is>
       </c>
       <c r="C361" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D361" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E361" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F361" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G361" s="2"/>
       <c r="H361" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="1" t="n">
-        <v>92799</v>
+        <v>92800</v>
       </c>
       <c r="B362" s="2" t="inlineStr">
         <is>
-          <t>Brian Howell : Het verboden eiland - planche : 42A</t>
+          <t>Brian Howell : Het verboden eiland - planche : 43A</t>
         </is>
       </c>
       <c r="C362" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D362" s="2" t="inlineStr">
         <is>
           <t>Polfliet, Sylvain</t>
         </is>
       </c>
       <c r="E362" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F362" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2"/>
     </row>