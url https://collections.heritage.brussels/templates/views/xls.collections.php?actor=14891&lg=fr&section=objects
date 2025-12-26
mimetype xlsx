--- v0 (2025-10-23)
+++ v1 (2025-12-26)
@@ -183,51 +183,51 @@
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>95242</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Palimseste</t>
+          <t>Palimpseste</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Devaux, Yole</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>textile</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="inlineStr">
         <is>