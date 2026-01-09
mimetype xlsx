--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -179,345 +179,345 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>95469</v>
+        <v>95477</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Brigitte DANSE héritière de Yvonne SERRUYS (1873-1953)</t>
+          <t>Olga BOICHÉ héritière de Lina CAUCHIE (1875-1969)</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Danse, Brigitte / Serruys, Yvonne</t>
+          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Boiché, Olga / Cauchie (Caroline Voet) , Lina</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>forex</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>95472</v>
+        <v>95478</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Lou COCODY-VALENTINO héritière de Hélène DE RUDDER (1869-1962)</t>
+          <t>Mégane LIKIN héritière de Louise de HEM (1866-1922)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Cocody-Valentino, Lou  / du Ménil-De Rudder, Hélène</t>
+          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Likin, Mégane / De Hem, Louise</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>forex</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>photo-montage</t>
+          <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>95473</v>
+        <v>95469</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Camille DUFOUR héritière de Louise DANSE (1867-1948)</t>
+          <t>Brigitte DANSE héritière de Yvonne SERRUYS (1873-1953)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Dufour, Camille / Cartier, Elléa / Boveroux, Céline / Drapeaud, Léone / Felgenhauer, Barbara Salomé</t>
+          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Danse, Brigitte / Serruys, Yvonne</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>forex</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>95474</v>
+        <v>95472</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Chanel KAPITANJ héritière de Julia VAN ZYPE (1870-1950)</t>
+          <t>Lou COCODY-VALENTINO héritière de Hélène DE RUDDER (1869-1962)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Vanzype-Frezin, Julia / Kapitanj, Chanel</t>
+          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Cocody-Valentino, Lou  / du Ménil-De Rudder, Hélène</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>forex</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique photographique</t>
+          <t>photo-montage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>95475</v>
+        <v>95473</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Laura BOSSICART héritière de Gabrielle MONTALD (1867-1942)</t>
+          <t>Camille DUFOUR héritière de Louise DANSE (1867-1948)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Canivet-Montald, Gabrielle / Bossicart, Laura / Cartier, Elléa / Boveroux, Céline / Drapeaud, Léone / Felgenhauer, Barbara Salomé</t>
+          <t>Dufour, Camille / Cartier, Elléa / Boveroux, Céline / Drapeaud, Léone / Felgenhauer, Barbara Salomé</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>forex</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>95476</v>
+        <v>95474</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>ZYLE héritière de Léo JO (1870-1962)</t>
+          <t>Chanel KAPITANJ héritière de Julia VAN ZYPE (1870-1950)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Cartier, Elléa / Drapeaud, Léone / Boveroux, Céline / Felgenhauer, Barbara Salomé / Zyle,  / Jo(ris), Léo(ntine)</t>
+          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Vanzype-Frezin, Julia / Kapitanj, Chanel</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>forex</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>95477</v>
+        <v>95475</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Olga BOICHÉ héritière de Lina CAUCHIE (1875-1969)</t>
+          <t>Laura BOSSICART héritière de Gabrielle MONTALD (1867-1942)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Boiché, Olga / Cauchie (Caroline Voet) , Lina</t>
+          <t>Canivet-Montald, Gabrielle / Bossicart, Laura / Cartier, Elléa / Boveroux, Céline / Drapeaud, Léone / Felgenhauer, Barbara Salomé</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>forex</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>95478</v>
+        <v>95476</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Mégane LIKIN héritière de Louise de HEM (1866-1922)</t>
+          <t>ZYLE héritière de Léo JO (1870-1962)</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Felgenhauer, Barbara Salomé / Drapeaud, Léone / Boveroux, Céline / Cartier, Elléa / Likin, Mégane / De Hem, Louise</t>
+          <t>Cartier, Elléa / Drapeaud, Léone / Boveroux, Céline / Felgenhauer, Barbara Salomé / Zyle,  / Jo(ris), Léo(ntine)</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>photographie</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>forex</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>