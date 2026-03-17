--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -211,83 +211,83 @@
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Design Museum Brussels</t>
         </is>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1966 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>100162</v>
+        <v>100165</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Floris</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Design Museum Brussels</t>
         </is>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>polyester</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>100165</v>
+        <v>100162</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Floris</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Design Museum Brussels</t>
         </is>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>chaise</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>polyester</t>