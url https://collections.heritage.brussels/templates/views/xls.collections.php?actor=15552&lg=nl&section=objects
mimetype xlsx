--- v0 (2025-11-16)
+++ v1 (2026-01-15)
@@ -215,235 +215,235 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Beloved</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>2023 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>103934</v>
+        <v>103947</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Hocus Pocus Detritus</t>
+          <t>pHucked</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Ganshoren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Beloved</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>103943</v>
+        <v>103948</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Muted Warning</t>
+          <t>Melting souvenir</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Ganshoren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Beloved</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>103946</v>
+        <v>103949</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Glowfish</t>
+          <t>Easea Target</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Ganshoren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Beloved</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>103947</v>
+        <v>103934</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>pHucked</t>
+          <t>Hocus Pocus Detritus</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Ganshoren</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Beloved</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>103948</v>
+        <v>103943</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Melting souvenir</t>
+          <t>Muted Warning</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Ganshoren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Beloved</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>103949</v>
+        <v>103946</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Easea Target</t>
+          <t>Glowfish</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Ganshoren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Beloved</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>2025 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>