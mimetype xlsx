--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -339,119 +339,119 @@
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Macherot, Raymond</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>96923</v>
+        <v>96925</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Clifton : Clifton et les espions - planche : 14</t>
+          <t>Clifton : Clifton à New-York - planche : 18</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Macherot, Raymond</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>96924</v>
+        <v>96923</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Clifton : Clifton et les espions - planche : 19</t>
+          <t>Clifton : Clifton et les espions - planche : 14</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Macherot, Raymond</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>96925</v>
+        <v>96924</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Clifton : Clifton à New-York - planche : 18</t>
+          <t>Clifton : Clifton et les espions - planche : 19</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Macherot, Raymond</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
@@ -591,87 +591,87 @@
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans), Berck / Macherot, Raymond</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>couverture</t>
         </is>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>96921</v>
+        <v>96920</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Sibylline : Sibylline et les abeilles - planche : 8</t>
+          <t>Sibylline : Sibylline et les abeilles - planche : 2</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Macherot, Raymond</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>96920</v>
+        <v>96921</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Sibylline : Sibylline et les abeilles - planche : 2</t>
+          <t>Sibylline : Sibylline et les abeilles - planche : 8</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Macherot, Raymond</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>