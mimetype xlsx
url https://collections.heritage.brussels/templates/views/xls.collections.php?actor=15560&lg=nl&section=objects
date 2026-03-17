--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -339,119 +339,119 @@
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Macherot, Raymond</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1959 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>96925</v>
+        <v>96923</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Clifton : Clifton à New-York - planche : 18</t>
+          <t>Clifton : Clifton et les espions - planche : 14</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Macherot, Raymond</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>96923</v>
+        <v>96924</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Clifton : Clifton et les espions - planche : 14</t>
+          <t>Clifton : Clifton et les espions - planche : 19</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Macherot, Raymond</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>96924</v>
+        <v>96925</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Clifton : Clifton et les espions - planche : 19</t>
+          <t>Clifton : Clifton à New-York - planche : 18</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Macherot, Raymond</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>