--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -367,107 +367,107 @@
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans), Berck</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1964 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>couverture</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>96981</v>
+        <v>96972</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Strapontin : Bcz2 - Couverture</t>
+          <t>Strapontin : Révolte au Bois Dormant - planche : 30</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>(Arthur Berckmans), Berck / Acar, Jacques</t>
+          <t>(Arthur Berckmans), Berck / Goscinny, René</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>couverture</t>
+          <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>96972</v>
+        <v>96981</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Strapontin : Révolte au Bois Dormant - planche : 30</t>
+          <t>Strapontin : Bcz2 - Couverture</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>(Arthur Berckmans), Berck / Goscinny, René</t>
+          <t>(Arthur Berckmans), Berck / Acar, Jacques</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1965 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>planche originale</t>
+          <t>couverture</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>96980</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Mulligan : New York 1933 - Couverture</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans), Berck / Macherot, Raymond</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">