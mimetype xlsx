--- v0 (2025-11-15)
+++ v1 (2026-03-12)
@@ -339,87 +339,87 @@
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Cheneval, Fernand / Tabou, scénariste</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>couverture</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>97120</v>
+        <v>97121</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Le Chef-d'œuvre ignoré - Bleu 2</t>
+          <t>Le Chef-d'œuvre ignoré - Bleu 3</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Cheneval, Fernand / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>97121</v>
+        <v>97120</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Le Chef-d'œuvre ignoré - Bleu 3</t>
+          <t>Le Chef-d'œuvre ignoré - Bleu 2</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Cheneval, Fernand / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>