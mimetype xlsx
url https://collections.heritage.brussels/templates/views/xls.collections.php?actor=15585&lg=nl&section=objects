--- v0 (2025-11-16)
+++ v1 (2026-01-15)
@@ -403,119 +403,119 @@
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Cheneval, Fernand / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>97007</v>
+        <v>97008</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Le Masque d'argent : Des verres irremplaçables - planche : 4</t>
+          <t>Le Masque d'argent : Des verres irremplaçables - planche : 5</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Cheneval, Fernand</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>97008</v>
+        <v>97006</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Le Masque d'argent : Des verres irremplaçables - planche : 5</t>
+          <t>Le Masque d'argent : Des verres irremplaçables - planche : 3</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Cheneval, Fernand</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>97006</v>
+        <v>97007</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le Masque d'argent : Des verres irremplaçables - planche : 3</t>
+          <t>Le Masque d'argent : Des verres irremplaçables - planche : 4</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Cheneval, Fernand</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>