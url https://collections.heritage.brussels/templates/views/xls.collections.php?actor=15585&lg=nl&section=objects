--- v1 (2026-01-15)
+++ v2 (2026-03-17)
@@ -403,119 +403,119 @@
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Cheneval, Fernand / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>97008</v>
+        <v>97006</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Le Masque d'argent : Des verres irremplaçables - planche : 5</t>
+          <t>Le Masque d'argent : Des verres irremplaçables - planche : 3</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Cheneval, Fernand</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>97006</v>
+        <v>97007</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Le Masque d'argent : Des verres irremplaçables - planche : 3</t>
+          <t>Le Masque d'argent : Des verres irremplaçables - planche : 4</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Cheneval, Fernand</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>97007</v>
+        <v>97008</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Le Masque d'argent : Des verres irremplaçables - planche : 4</t>
+          <t>Le Masque d'argent : Des verres irremplaçables - planche : 5</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Cheneval, Fernand</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>