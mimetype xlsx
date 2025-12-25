--- v0 (2025-10-23)
+++ v1 (2025-12-25)
@@ -303,97 +303,97 @@
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>(Daniel Henrotin), Dany / (Michel Regnier), Greg</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>97052</v>
+        <v>97088</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Bernard Prince : Couverture - planche</t>
+          <t>Arlequin : La Baleine qui chantait faux - planche : 37</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>(Daniel Henrotin), Dany</t>
+          <t>(Daniel Henrotin), Dany / Van Hamme, Jean</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>97088</v>
+        <v>97052</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Arlequin : La Baleine qui chantait faux - planche : 37</t>
+          <t>Bernard Prince : Couverture - planche</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>(Daniel Henrotin), Dany / Van Hamme, Jean</t>
+          <t>(Daniel Henrotin), Dany</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1985 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>