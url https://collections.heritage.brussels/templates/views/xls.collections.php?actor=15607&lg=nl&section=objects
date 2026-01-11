--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -179,311 +179,311 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>97097</v>
+        <v>97096</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 10</t>
+          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 18</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>97098</v>
+        <v>97097</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 12</t>
+          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 10</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>97099</v>
+        <v>97098</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 11</t>
+          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 12</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>97100</v>
+        <v>97099</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 14</t>
+          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 11</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>97101</v>
+        <v>97100</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 13</t>
+          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 14</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>97102</v>
+        <v>97101</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 9</t>
+          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 13</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>97157</v>
+        <v>97102</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 15</t>
+          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 9</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>97158</v>
+        <v>97157</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 16</t>
+          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 15</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>97096</v>
+        <v>97158</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 18</t>
+          <t>Rataplan : Rataplan et le prince de Jitomir - Bleu 16</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
@@ -787,439 +787,439 @@
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>97190</v>
+        <v>97196</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 18</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 24</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>97191</v>
+        <v>97197</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 17</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 25</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>97192</v>
+        <v>97198</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 19</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 26</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>97193</v>
+        <v>97199</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 20</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 27</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>97194</v>
+        <v>97200</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 22</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 28</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>97195</v>
+        <v>97201</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 21</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 30</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>97196</v>
+        <v>97202</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 24</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 29</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>97197</v>
+        <v>97190</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 25</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 18</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>97198</v>
+        <v>97191</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 26</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 17</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>97199</v>
+        <v>97192</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 27</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 19</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>97200</v>
+        <v>97193</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 28</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 20</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>97201</v>
+        <v>97194</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 30</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 22</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>97202</v>
+        <v>97195</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Rataplan : Rataplan et le signe du Toro - Bleu 29</t>
+          <t>Rataplan : Rataplan et le signe du Toro - Bleu 21</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>(Arthur Berckmans ), Berck / (Michel Deverchin), Yves Duval</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1967 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>