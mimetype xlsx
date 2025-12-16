--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -275,183 +275,183 @@
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Reding, Raymond</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1962 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>97152</v>
+        <v>97149</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Jari : Jari au pays basque - Bleu 37</t>
+          <t>Jari : Jari au pays basque - Bleu 35</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Reding, Raymond</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>97153</v>
+        <v>97150</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Jari : Jari au pays basque - Bleu 38</t>
+          <t>Jari : Jari au pays basque - -</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Reding, Raymond</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>97149</v>
+        <v>97151</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Jari : Jari au pays basque - Bleu 35</t>
+          <t>Jari : Jari au pays basque - -</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Reding, Raymond</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>97150</v>
+        <v>97152</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Jari : Jari au pays basque - -</t>
+          <t>Jari : Jari au pays basque - Bleu 37</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Reding, Raymond</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>97151</v>
+        <v>97153</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Jari : Jari au pays basque - -</t>
+          <t>Jari : Jari au pays basque - Bleu 38</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Reding, Raymond</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1963 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>bleu</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>