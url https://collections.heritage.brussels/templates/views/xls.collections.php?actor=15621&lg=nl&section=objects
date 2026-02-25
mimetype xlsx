--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -367,119 +367,119 @@
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Guy</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1990 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>97229</v>
+        <v>97230</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Professeur Stratus : La Forteresse Amphibie - planche : 14</t>
+          <t>Professeur Stratus : La Forteresse Amphibie - planche : 40</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Guy</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>97230</v>
+        <v>97231</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Professeur Stratus : La Forteresse Amphibie - planche : 40</t>
+          <t>Professeur Stratus : La Forteresse Amphibie - planche : 41</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Guy</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>97231</v>
+        <v>97229</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Professeur Stratus : La Forteresse Amphibie - planche : 41</t>
+          <t>Professeur Stratus : La Forteresse Amphibie - planche : 14</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la BD de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Counhaye, Guy</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1993 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>planche originale</t>
         </is>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>